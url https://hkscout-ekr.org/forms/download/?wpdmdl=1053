--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -3,72 +3,84 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\Circular\2024年通告\12月\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\Circular\2025年通告\12月\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A93B2204-981A-4AE9-9587-08D6F110A5D2}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9F37D7EB-C949-415A-B53A-29614EF47FBF}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="32610" yWindow="1860" windowWidth="21600" windowHeight="11385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Report" sheetId="3" r:id="rId1"/>
     <sheet name="Marking" sheetId="4" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Report!$A$1:$L$178</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="K72" i="3" l="1"/>
   <c r="K10" i="4" s="1" a="1"/>
   <c r="K10" i="4" s="1"/>
   <c r="K61" i="3"/>
   <c r="K28" i="3" a="1"/>
   <c r="K28" i="3" s="1"/>
   <c r="K51" i="3" a="1"/>
   <c r="K51" i="3" s="1"/>
   <c r="K43" i="3" a="1"/>
   <c r="K43" i="3" s="1"/>
   <c r="B44" i="4"/>
   <c r="F51" i="4"/>
   <c r="D51" i="4"/>
   <c r="K9" i="4" l="1" a="1"/>
   <c r="K9" i="4" s="1"/>
   <c r="K8" i="4"/>
   <c r="F41" i="4"/>
   <c r="K129" i="3"/>
@@ -5009,115 +5021,115 @@
       </rPr>
       <t xml:space="preserve">請選填 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">A, B, C, D </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>或 E</t>
     </r>
   </si>
   <si>
     <r>
+      <t>2024</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t>年週年人數
+報告之團員人數：</t>
+    </r>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>評分報告</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t xml:space="preserve"> 2025</t>
+      <t xml:space="preserve"> 2026</t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>2024.01.01 - 2024.12.31</t>
+      <t>2025.01.01 - 2025.12.31</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="細明體"/>
         <family val="3"/>
         <charset val="136"/>
       </rPr>
       <t>）</t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
-      <t>2023</t>
-[...16 lines deleted...]
-      <t>2024</t>
+      <t>2025</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>年週年人數
 報告之團員人數：</t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="15"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
@@ -5156,51 +5168,51 @@
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="15"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>表（</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="15"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>2025</t>
+      <t>2026</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="15"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>）</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="15"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">  </t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
@@ -6140,207 +6152,201 @@
     <xf numFmtId="43" fontId="38" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="178" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...47 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="178" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="178" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="178" fontId="11" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
@@ -6363,91 +6369,97 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -6775,490 +6787,490 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L179"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="70" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G8" sqref="G8:K9"/>
+      <selection activeCell="F20" sqref="F20:G20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.125" style="2" customWidth="1"/>
     <col min="2" max="7" width="15.625" style="2" customWidth="1"/>
     <col min="8" max="9" width="1.625" style="2" customWidth="1"/>
     <col min="10" max="11" width="12.625" style="2" customWidth="1"/>
     <col min="12" max="16384" width="8.875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="19.5" x14ac:dyDescent="0.25">
       <c r="B1" s="150" t="s">
         <v>171</v>
       </c>
       <c r="C1" s="150"/>
       <c r="D1" s="150"/>
       <c r="E1" s="150"/>
       <c r="F1" s="150"/>
       <c r="G1" s="150"/>
       <c r="H1" s="150"/>
       <c r="I1" s="150"/>
       <c r="J1" s="150"/>
       <c r="K1" s="150"/>
     </row>
     <row r="2" spans="1:12" ht="19.5" x14ac:dyDescent="0.25">
       <c r="B2" s="150" t="s">
         <v>172</v>
       </c>
       <c r="C2" s="150"/>
       <c r="D2" s="150"/>
       <c r="E2" s="150"/>
       <c r="F2" s="150"/>
       <c r="G2" s="150"/>
       <c r="H2" s="150"/>
       <c r="I2" s="150"/>
       <c r="J2" s="150"/>
       <c r="K2" s="150"/>
     </row>
     <row r="3" spans="1:12" ht="19.5" x14ac:dyDescent="0.25">
       <c r="B3" s="153" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C3" s="150"/>
       <c r="D3" s="150"/>
       <c r="E3" s="150"/>
       <c r="F3" s="150"/>
       <c r="G3" s="150"/>
       <c r="H3" s="150"/>
       <c r="I3" s="150"/>
       <c r="J3" s="150"/>
       <c r="K3" s="150"/>
     </row>
     <row r="4" spans="1:12" ht="19.5" x14ac:dyDescent="0.25">
       <c r="B4" s="154" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C4" s="154"/>
       <c r="D4" s="154"/>
       <c r="E4" s="154"/>
       <c r="F4" s="154"/>
       <c r="G4" s="154"/>
       <c r="H4" s="154"/>
       <c r="I4" s="154"/>
       <c r="J4" s="154"/>
       <c r="K4" s="154"/>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B5" s="8"/>
       <c r="C5" s="8"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="31"/>
     </row>
     <row r="6" spans="1:12" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="7"/>
       <c r="K6" s="7"/>
     </row>
     <row r="7" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="8"/>
       <c r="B7" s="9" t="s">
         <v>63</v>
       </c>
-      <c r="C7" s="118"/>
-[...1 lines deleted...]
-      <c r="E7" s="84"/>
+      <c r="C7" s="116"/>
+      <c r="D7" s="119"/>
+      <c r="E7" s="97"/>
       <c r="F7" s="10" t="s">
         <v>64</v>
       </c>
-      <c r="G7" s="122"/>
-[...3 lines deleted...]
-      <c r="K7" s="124"/>
+      <c r="G7" s="120"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="121"/>
+      <c r="J7" s="121"/>
+      <c r="K7" s="122"/>
       <c r="L7" s="8"/>
     </row>
     <row r="8" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="8"/>
-      <c r="B8" s="119" t="s">
+      <c r="B8" s="117" t="s">
         <v>65</v>
       </c>
-      <c r="C8" s="125"/>
-[...2 lines deleted...]
-      <c r="F8" s="119" t="s">
+      <c r="C8" s="123"/>
+      <c r="D8" s="124"/>
+      <c r="E8" s="125"/>
+      <c r="F8" s="117" t="s">
         <v>66</v>
       </c>
-      <c r="G8" s="125"/>
-[...3 lines deleted...]
-      <c r="K8" s="127"/>
+      <c r="G8" s="123"/>
+      <c r="H8" s="124"/>
+      <c r="I8" s="124"/>
+      <c r="J8" s="124"/>
+      <c r="K8" s="125"/>
       <c r="L8" s="8"/>
     </row>
     <row r="9" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="8"/>
-      <c r="B9" s="120"/>
-[...8 lines deleted...]
-      <c r="K9" s="130"/>
+      <c r="B9" s="118"/>
+      <c r="C9" s="126"/>
+      <c r="D9" s="127"/>
+      <c r="E9" s="128"/>
+      <c r="F9" s="118"/>
+      <c r="G9" s="126"/>
+      <c r="H9" s="127"/>
+      <c r="I9" s="127"/>
+      <c r="J9" s="127"/>
+      <c r="K9" s="128"/>
       <c r="L9" s="8"/>
     </row>
     <row r="10" spans="1:12" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="8"/>
       <c r="B10" s="8"/>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
     </row>
     <row r="11" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="8"/>
       <c r="B11" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C11" s="11" t="s">
         <v>68</v>
       </c>
       <c r="D11" s="12"/>
       <c r="E11" s="11" t="s">
         <v>69</v>
       </c>
       <c r="F11" s="11" t="s">
         <v>70</v>
       </c>
-      <c r="G11" s="118"/>
-[...2 lines deleted...]
-      <c r="J11" s="84"/>
+      <c r="G11" s="116"/>
+      <c r="H11" s="119"/>
+      <c r="I11" s="119"/>
+      <c r="J11" s="97"/>
       <c r="K11" s="12" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="8"/>
     </row>
     <row r="12" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="8"/>
-      <c r="B12" s="136" t="s">
+      <c r="B12" s="102" t="s">
         <v>72</v>
       </c>
-      <c r="C12" s="137"/>
-[...7 lines deleted...]
-      <c r="K12" s="84"/>
+      <c r="C12" s="104"/>
+      <c r="D12" s="116"/>
+      <c r="E12" s="119"/>
+      <c r="F12" s="119"/>
+      <c r="G12" s="119"/>
+      <c r="H12" s="119"/>
+      <c r="I12" s="119"/>
+      <c r="J12" s="119"/>
+      <c r="K12" s="97"/>
       <c r="L12" s="8"/>
     </row>
     <row r="13" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="8"/>
-      <c r="B13" s="96" t="s">
+      <c r="B13" s="109" t="s">
         <v>73</v>
       </c>
-      <c r="C13" s="96"/>
-[...7 lines deleted...]
-      <c r="K13" s="84"/>
+      <c r="C13" s="109"/>
+      <c r="D13" s="116"/>
+      <c r="E13" s="119"/>
+      <c r="F13" s="119"/>
+      <c r="G13" s="119"/>
+      <c r="H13" s="119"/>
+      <c r="I13" s="119"/>
+      <c r="J13" s="119"/>
+      <c r="K13" s="97"/>
       <c r="L13" s="8"/>
     </row>
     <row r="14" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="8"/>
-      <c r="B14" s="96" t="s">
+      <c r="B14" s="109" t="s">
         <v>74</v>
       </c>
-      <c r="C14" s="96"/>
-[...7 lines deleted...]
-      <c r="K14" s="84"/>
+      <c r="C14" s="109"/>
+      <c r="D14" s="116"/>
+      <c r="E14" s="119"/>
+      <c r="F14" s="119"/>
+      <c r="G14" s="119"/>
+      <c r="H14" s="119"/>
+      <c r="I14" s="119"/>
+      <c r="J14" s="119"/>
+      <c r="K14" s="97"/>
       <c r="L14" s="8"/>
     </row>
     <row r="15" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="8"/>
-      <c r="B15" s="96" t="s">
+      <c r="B15" s="109" t="s">
         <v>75</v>
       </c>
-      <c r="C15" s="96"/>
-[...2 lines deleted...]
-      <c r="F15" s="76"/>
+      <c r="C15" s="109"/>
+      <c r="D15" s="74"/>
+      <c r="E15" s="74"/>
+      <c r="F15" s="74"/>
       <c r="G15" s="11" t="s">
         <v>76</v>
       </c>
-      <c r="H15" s="118"/>
-[...2 lines deleted...]
-      <c r="K15" s="84"/>
+      <c r="H15" s="116"/>
+      <c r="I15" s="119"/>
+      <c r="J15" s="119"/>
+      <c r="K15" s="97"/>
       <c r="L15" s="8"/>
     </row>
     <row r="16" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="8"/>
-      <c r="B16" s="96" t="s">
+      <c r="B16" s="109" t="s">
         <v>77</v>
       </c>
-      <c r="C16" s="96"/>
-[...2 lines deleted...]
-      <c r="F16" s="76"/>
+      <c r="C16" s="109"/>
+      <c r="D16" s="74"/>
+      <c r="E16" s="74"/>
+      <c r="F16" s="74"/>
       <c r="G16" s="11" t="s">
         <v>76</v>
       </c>
-      <c r="H16" s="118"/>
-[...2 lines deleted...]
-      <c r="K16" s="84"/>
+      <c r="H16" s="116"/>
+      <c r="I16" s="119"/>
+      <c r="J16" s="119"/>
+      <c r="K16" s="97"/>
       <c r="L16" s="8"/>
     </row>
     <row r="17" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="8"/>
-      <c r="B17" s="96" t="s">
+      <c r="B17" s="109" t="s">
         <v>78</v>
       </c>
-      <c r="C17" s="96"/>
-[...7 lines deleted...]
-      <c r="K17" s="84"/>
+      <c r="C17" s="109"/>
+      <c r="D17" s="116"/>
+      <c r="E17" s="119"/>
+      <c r="F17" s="119"/>
+      <c r="G17" s="119"/>
+      <c r="H17" s="119"/>
+      <c r="I17" s="119"/>
+      <c r="J17" s="119"/>
+      <c r="K17" s="97"/>
       <c r="L17" s="8"/>
     </row>
     <row r="18" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="8"/>
-      <c r="B18" s="134" t="s">
+      <c r="B18" s="132" t="s">
         <v>231</v>
       </c>
-      <c r="C18" s="135"/>
+      <c r="C18" s="133"/>
       <c r="D18" s="152"/>
       <c r="E18" s="152"/>
-      <c r="F18" s="134" t="s">
+      <c r="F18" s="132" t="s">
         <v>233</v>
       </c>
-      <c r="G18" s="135"/>
+      <c r="G18" s="133"/>
       <c r="H18" s="152"/>
       <c r="I18" s="152"/>
       <c r="J18" s="152"/>
       <c r="K18" s="152"/>
       <c r="L18" s="8"/>
     </row>
     <row r="19" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="8"/>
-      <c r="B19" s="96" t="s">
+      <c r="B19" s="109" t="s">
         <v>79</v>
       </c>
-      <c r="C19" s="96"/>
-[...3 lines deleted...]
-        <v>240</v>
+      <c r="C19" s="109"/>
+      <c r="D19" s="90"/>
+      <c r="E19" s="92"/>
+      <c r="F19" s="129" t="s">
+        <v>238</v>
       </c>
       <c r="G19" s="151"/>
-      <c r="H19" s="131" t="s">
+      <c r="H19" s="129" t="s">
         <v>241</v>
       </c>
-      <c r="I19" s="132"/>
-[...1 lines deleted...]
-      <c r="K19" s="133"/>
+      <c r="I19" s="130"/>
+      <c r="J19" s="130"/>
+      <c r="K19" s="131"/>
       <c r="L19" s="8"/>
     </row>
     <row r="20" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="8"/>
-      <c r="B20" s="95" t="s">
+      <c r="B20" s="108" t="s">
         <v>173</v>
       </c>
-      <c r="C20" s="96"/>
+      <c r="C20" s="109"/>
       <c r="D20" s="12"/>
       <c r="E20" s="11" t="s">
         <v>80</v>
       </c>
-      <c r="F20" s="118"/>
-[...4 lines deleted...]
-      <c r="K20" s="84"/>
+      <c r="F20" s="116"/>
+      <c r="G20" s="97"/>
+      <c r="H20" s="116"/>
+      <c r="I20" s="119"/>
+      <c r="J20" s="119"/>
+      <c r="K20" s="97"/>
       <c r="L20" s="8"/>
     </row>
     <row r="21" spans="1:12" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="8"/>
-      <c r="B21" s="117"/>
-[...8 lines deleted...]
-      <c r="K21" s="117"/>
+      <c r="B21" s="103"/>
+      <c r="C21" s="103"/>
+      <c r="D21" s="103"/>
+      <c r="E21" s="103"/>
+      <c r="F21" s="103"/>
+      <c r="G21" s="103"/>
+      <c r="H21" s="103"/>
+      <c r="I21" s="103"/>
+      <c r="J21" s="103"/>
+      <c r="K21" s="103"/>
       <c r="L21" s="8"/>
     </row>
     <row r="22" spans="1:12" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="8"/>
       <c r="B22" s="14" t="s">
         <v>81</v>
       </c>
-      <c r="C22" s="104"/>
-[...7 lines deleted...]
-      <c r="K22" s="106"/>
+      <c r="C22" s="90"/>
+      <c r="D22" s="91"/>
+      <c r="E22" s="91"/>
+      <c r="F22" s="91"/>
+      <c r="G22" s="91"/>
+      <c r="H22" s="91"/>
+      <c r="I22" s="91"/>
+      <c r="J22" s="91"/>
+      <c r="K22" s="92"/>
       <c r="L22" s="8"/>
     </row>
     <row r="23" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="8"/>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A24" s="15"/>
       <c r="B24" s="15"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15"/>
       <c r="I24" s="16"/>
       <c r="J24" s="15"/>
       <c r="K24" s="15"/>
       <c r="L24" s="15"/>
     </row>
     <row r="25" spans="1:12" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A25" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="B25" s="94" t="s">
+      <c r="B25" s="107" t="s">
         <v>82</v>
       </c>
-      <c r="C25" s="94"/>
-[...3 lines deleted...]
-      <c r="G25" s="94"/>
+      <c r="C25" s="107"/>
+      <c r="D25" s="107"/>
+      <c r="E25" s="107"/>
+      <c r="F25" s="107"/>
+      <c r="G25" s="107"/>
       <c r="H25" s="18"/>
       <c r="I25" s="19"/>
       <c r="J25" s="18"/>
       <c r="K25" s="20" t="s">
         <v>83</v>
       </c>
       <c r="L25" s="8"/>
     </row>
     <row r="26" spans="1:12" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="8"/>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="21"/>
       <c r="J26" s="8"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
     </row>
     <row r="27" spans="1:12" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="22" t="s">
         <v>29</v>
       </c>
-      <c r="B27" s="91" t="s">
+      <c r="B27" s="136" t="s">
         <v>84</v>
       </c>
-      <c r="C27" s="91"/>
-[...3 lines deleted...]
-      <c r="G27" s="91"/>
+      <c r="C27" s="136"/>
+      <c r="D27" s="136"/>
+      <c r="E27" s="136"/>
+      <c r="F27" s="136"/>
+      <c r="G27" s="136"/>
       <c r="H27" s="8"/>
       <c r="I27" s="21"/>
       <c r="J27" s="8"/>
       <c r="K27" s="23"/>
       <c r="L27" s="8"/>
     </row>
     <row r="28" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="24"/>
       <c r="B28" s="13" t="s">
         <v>86</v>
       </c>
       <c r="C28" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D28" s="13" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="13" t="s">
         <v>89</v>
       </c>
       <c r="F28" s="13" t="s">
         <v>90</v>
       </c>
       <c r="G28" s="8"/>
       <c r="H28" s="8"/>
@@ -7386,58 +7398,58 @@
       <c r="G33" s="8"/>
       <c r="H33" s="8"/>
       <c r="I33" s="21"/>
       <c r="J33" s="8"/>
       <c r="K33" s="8"/>
       <c r="L33" s="8"/>
     </row>
     <row r="34" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A34" s="25"/>
       <c r="B34" s="25"/>
       <c r="C34" s="25"/>
       <c r="D34" s="25"/>
       <c r="E34" s="25"/>
       <c r="F34" s="25"/>
       <c r="G34" s="25"/>
       <c r="H34" s="25"/>
       <c r="I34" s="26"/>
       <c r="J34" s="25"/>
       <c r="K34" s="25"/>
       <c r="L34" s="25"/>
     </row>
     <row r="35" spans="1:12" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="B35" s="90" t="s">
+      <c r="B35" s="135" t="s">
         <v>236</v>
       </c>
-      <c r="C35" s="91"/>
-[...3 lines deleted...]
-      <c r="G35" s="91"/>
+      <c r="C35" s="136"/>
+      <c r="D35" s="136"/>
+      <c r="E35" s="136"/>
+      <c r="F35" s="136"/>
+      <c r="G35" s="136"/>
       <c r="H35" s="8"/>
       <c r="I35" s="21"/>
       <c r="J35" s="8"/>
       <c r="K35" s="37"/>
       <c r="L35" s="8"/>
     </row>
     <row r="36" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="C36" s="8"/>
       <c r="D36" s="8"/>
       <c r="E36" s="8"/>
       <c r="F36" s="8"/>
       <c r="G36" s="8"/>
       <c r="H36" s="8"/>
       <c r="I36" s="21"/>
       <c r="J36" s="8"/>
       <c r="K36" s="69" t="s">
         <v>237</v>
       </c>
       <c r="L36" s="8"/>
@@ -7524,58 +7536,58 @@
       <c r="G41" s="8"/>
       <c r="H41" s="8"/>
       <c r="I41" s="21"/>
       <c r="J41" s="8"/>
       <c r="K41" s="8"/>
       <c r="L41" s="8"/>
     </row>
     <row r="42" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A42" s="25"/>
       <c r="B42" s="25"/>
       <c r="C42" s="25"/>
       <c r="D42" s="25"/>
       <c r="E42" s="25"/>
       <c r="F42" s="25"/>
       <c r="G42" s="25"/>
       <c r="H42" s="25"/>
       <c r="I42" s="26"/>
       <c r="J42" s="25"/>
       <c r="K42" s="25"/>
       <c r="L42" s="25"/>
     </row>
     <row r="43" spans="1:12" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="22" t="s">
         <v>32</v>
       </c>
-      <c r="B43" s="101" t="s">
+      <c r="B43" s="137" t="s">
         <v>232</v>
       </c>
-      <c r="C43" s="91"/>
-[...3 lines deleted...]
-      <c r="G43" s="91"/>
+      <c r="C43" s="136"/>
+      <c r="D43" s="136"/>
+      <c r="E43" s="136"/>
+      <c r="F43" s="136"/>
+      <c r="G43" s="136"/>
       <c r="H43" s="8"/>
       <c r="I43" s="21"/>
       <c r="J43" s="8"/>
       <c r="K43" s="13" t="str" cm="1">
         <f t="array" ref="K43">_xlfn.IFS(H18="","",H18&gt;=7,"E",H18&gt;=5,"D",H18&gt;=3,"C",H18&gt;=1,"B",TRUE,"A")</f>
         <v/>
       </c>
       <c r="L43" s="8"/>
     </row>
     <row r="44" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>115</v>
       </c>
       <c r="C44" s="8"/>
       <c r="D44" s="8"/>
       <c r="E44" s="8"/>
       <c r="F44" s="8"/>
       <c r="G44" s="8"/>
       <c r="H44" s="8"/>
       <c r="I44" s="21"/>
       <c r="J44" s="8"/>
       <c r="K44" s="51" t="s">
@@ -7665,58 +7677,58 @@
       <c r="G49" s="8"/>
       <c r="H49" s="8"/>
       <c r="I49" s="21"/>
       <c r="J49" s="8"/>
       <c r="K49" s="8"/>
       <c r="L49" s="8"/>
     </row>
     <row r="50" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A50" s="25"/>
       <c r="B50" s="25"/>
       <c r="C50" s="25"/>
       <c r="D50" s="25"/>
       <c r="E50" s="25"/>
       <c r="F50" s="25"/>
       <c r="G50" s="25"/>
       <c r="H50" s="25"/>
       <c r="I50" s="26"/>
       <c r="J50" s="25"/>
       <c r="K50" s="25"/>
       <c r="L50" s="25"/>
     </row>
     <row r="51" spans="1:12" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="B51" s="101" t="s">
+      <c r="B51" s="137" t="s">
         <v>230</v>
       </c>
-      <c r="C51" s="91"/>
-[...3 lines deleted...]
-      <c r="G51" s="91"/>
+      <c r="C51" s="136"/>
+      <c r="D51" s="136"/>
+      <c r="E51" s="136"/>
+      <c r="F51" s="136"/>
+      <c r="G51" s="136"/>
       <c r="H51" s="8"/>
       <c r="I51" s="21"/>
       <c r="J51" s="8"/>
       <c r="K51" s="13" t="str" cm="1">
         <f t="array" ref="K51">_xlfn.IFS(D18="","",D18&gt;=6,"D",D18&gt;=4,"C",D18&gt;=2,"B",D18&lt;=1,"A")</f>
         <v/>
       </c>
       <c r="L51" s="8"/>
     </row>
     <row r="52" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>120</v>
       </c>
       <c r="C52" s="8"/>
       <c r="D52" s="8"/>
       <c r="E52" s="8"/>
       <c r="F52" s="8"/>
       <c r="G52" s="8"/>
       <c r="H52" s="8"/>
       <c r="I52" s="21"/>
       <c r="J52" s="8"/>
       <c r="K52" s="51" t="s">
@@ -7788,276 +7800,276 @@
       <c r="G56" s="8"/>
       <c r="H56" s="8"/>
       <c r="I56" s="21"/>
       <c r="J56" s="8"/>
       <c r="K56" s="8"/>
       <c r="L56" s="8"/>
     </row>
     <row r="57" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A57" s="25"/>
       <c r="B57" s="25"/>
       <c r="C57" s="25"/>
       <c r="D57" s="25"/>
       <c r="E57" s="25"/>
       <c r="F57" s="25"/>
       <c r="G57" s="25"/>
       <c r="H57" s="25"/>
       <c r="I57" s="26"/>
       <c r="J57" s="25"/>
       <c r="K57" s="25"/>
       <c r="L57" s="25"/>
     </row>
     <row r="58" spans="1:12" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="B58" s="102" t="s">
+      <c r="B58" s="138" t="s">
         <v>175</v>
       </c>
-      <c r="C58" s="91"/>
-[...3 lines deleted...]
-      <c r="G58" s="91"/>
+      <c r="C58" s="136"/>
+      <c r="D58" s="136"/>
+      <c r="E58" s="136"/>
+      <c r="F58" s="136"/>
+      <c r="G58" s="136"/>
       <c r="H58" s="8"/>
       <c r="I58" s="21"/>
       <c r="J58" s="8"/>
       <c r="K58" s="8"/>
       <c r="L58" s="8"/>
     </row>
     <row r="59" spans="1:12" ht="99.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="B59" s="115" t="s">
+      <c r="B59" s="114" t="s">
         <v>176</v>
       </c>
-      <c r="C59" s="116"/>
-[...2 lines deleted...]
-      <c r="F59" s="141" t="s">
+      <c r="C59" s="115"/>
+      <c r="D59" s="115"/>
+      <c r="E59" s="115"/>
+      <c r="F59" s="142" t="s">
         <v>124</v>
       </c>
-      <c r="G59" s="141"/>
+      <c r="G59" s="142"/>
       <c r="H59" s="28"/>
       <c r="I59" s="29"/>
       <c r="J59" s="8"/>
       <c r="K59" s="8"/>
       <c r="L59" s="8"/>
     </row>
     <row r="60" spans="1:12" ht="30" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="88"/>
-[...5 lines deleted...]
-      <c r="G60" s="109"/>
+      <c r="A60" s="87"/>
+      <c r="B60" s="93"/>
+      <c r="C60" s="94"/>
+      <c r="D60" s="94"/>
+      <c r="E60" s="95"/>
+      <c r="F60" s="93"/>
+      <c r="G60" s="95"/>
       <c r="H60" s="8"/>
       <c r="I60" s="21"/>
       <c r="J60" s="8"/>
       <c r="K60" s="8"/>
       <c r="L60" s="8"/>
     </row>
     <row r="61" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="72"/>
-[...5 lines deleted...]
-      <c r="G61" s="106"/>
+      <c r="A61" s="79"/>
+      <c r="B61" s="90"/>
+      <c r="C61" s="91"/>
+      <c r="D61" s="91"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="90"/>
+      <c r="G61" s="92"/>
       <c r="H61" s="8"/>
       <c r="I61" s="21"/>
       <c r="J61" s="31" t="s">
         <v>127</v>
       </c>
       <c r="K61" s="13">
         <f>SUM(F60:G67)</f>
         <v>0</v>
       </c>
       <c r="L61" s="8" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="72"/>
-[...5 lines deleted...]
-      <c r="G62" s="106"/>
+      <c r="A62" s="79"/>
+      <c r="B62" s="90"/>
+      <c r="C62" s="91"/>
+      <c r="D62" s="91"/>
+      <c r="E62" s="92"/>
+      <c r="F62" s="90"/>
+      <c r="G62" s="92"/>
       <c r="H62" s="8"/>
       <c r="I62" s="21"/>
       <c r="J62" s="67"/>
       <c r="K62" s="66"/>
       <c r="L62" s="8"/>
     </row>
     <row r="63" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="72"/>
-[...5 lines deleted...]
-      <c r="G63" s="106"/>
+      <c r="A63" s="79"/>
+      <c r="B63" s="90"/>
+      <c r="C63" s="91"/>
+      <c r="D63" s="91"/>
+      <c r="E63" s="92"/>
+      <c r="F63" s="90"/>
+      <c r="G63" s="92"/>
       <c r="H63" s="8"/>
       <c r="I63" s="21"/>
       <c r="J63" s="68"/>
       <c r="K63" s="66"/>
       <c r="L63" s="8"/>
     </row>
     <row r="64" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="72"/>
-[...5 lines deleted...]
-      <c r="G64" s="106"/>
+      <c r="A64" s="79"/>
+      <c r="B64" s="90"/>
+      <c r="C64" s="91"/>
+      <c r="D64" s="91"/>
+      <c r="E64" s="92"/>
+      <c r="F64" s="90"/>
+      <c r="G64" s="92"/>
       <c r="H64" s="8"/>
       <c r="I64" s="21"/>
       <c r="J64" s="67"/>
       <c r="K64" s="66"/>
       <c r="L64" s="8"/>
     </row>
     <row r="65" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="72"/>
-[...5 lines deleted...]
-      <c r="G65" s="106"/>
+      <c r="A65" s="79"/>
+      <c r="B65" s="90"/>
+      <c r="C65" s="91"/>
+      <c r="D65" s="91"/>
+      <c r="E65" s="92"/>
+      <c r="F65" s="90"/>
+      <c r="G65" s="92"/>
       <c r="H65" s="8"/>
       <c r="I65" s="21"/>
       <c r="J65" s="8"/>
       <c r="K65" s="8"/>
       <c r="L65" s="8"/>
     </row>
     <row r="66" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="72"/>
-[...5 lines deleted...]
-      <c r="G66" s="106"/>
+      <c r="A66" s="79"/>
+      <c r="B66" s="90"/>
+      <c r="C66" s="91"/>
+      <c r="D66" s="91"/>
+      <c r="E66" s="92"/>
+      <c r="F66" s="90"/>
+      <c r="G66" s="92"/>
       <c r="H66" s="8"/>
       <c r="I66" s="21"/>
       <c r="J66" s="8"/>
       <c r="K66" s="8"/>
       <c r="L66" s="8"/>
     </row>
     <row r="67" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="73"/>
-[...5 lines deleted...]
-      <c r="G67" s="106"/>
+      <c r="A67" s="80"/>
+      <c r="B67" s="90"/>
+      <c r="C67" s="91"/>
+      <c r="D67" s="91"/>
+      <c r="E67" s="92"/>
+      <c r="F67" s="90"/>
+      <c r="G67" s="92"/>
       <c r="H67" s="8"/>
       <c r="I67" s="21"/>
       <c r="J67" s="8"/>
       <c r="K67" s="8"/>
       <c r="L67" s="8"/>
     </row>
     <row r="68" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="8"/>
       <c r="B68" s="8"/>
       <c r="C68" s="8"/>
       <c r="D68" s="8"/>
       <c r="E68" s="8"/>
       <c r="F68" s="8"/>
       <c r="G68" s="8"/>
       <c r="H68" s="8"/>
       <c r="I68" s="21"/>
       <c r="J68" s="8"/>
       <c r="K68" s="8"/>
       <c r="L68" s="8"/>
     </row>
     <row r="69" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A69" s="25"/>
       <c r="B69" s="25"/>
       <c r="C69" s="25"/>
       <c r="D69" s="25"/>
       <c r="E69" s="25"/>
       <c r="F69" s="25"/>
       <c r="G69" s="25"/>
       <c r="H69" s="25"/>
       <c r="I69" s="26"/>
       <c r="J69" s="25"/>
       <c r="K69" s="25"/>
       <c r="L69" s="25"/>
     </row>
     <row r="70" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="30" t="s">
         <v>11</v>
       </c>
-      <c r="B70" s="97" t="s">
+      <c r="B70" s="111" t="s">
         <v>177</v>
       </c>
-      <c r="C70" s="83"/>
-[...3 lines deleted...]
-      <c r="G70" s="83"/>
+      <c r="C70" s="85"/>
+      <c r="D70" s="85"/>
+      <c r="E70" s="85"/>
+      <c r="F70" s="85"/>
+      <c r="G70" s="85"/>
       <c r="H70" s="8"/>
       <c r="I70" s="21"/>
       <c r="J70" s="8"/>
       <c r="K70" s="8"/>
       <c r="L70" s="8"/>
     </row>
     <row r="71" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="80"/>
-      <c r="B71" s="77" t="s">
+      <c r="A71" s="73"/>
+      <c r="B71" s="70" t="s">
         <v>178</v>
       </c>
-      <c r="C71" s="78"/>
-[...2 lines deleted...]
-      <c r="F71" s="79"/>
+      <c r="C71" s="71"/>
+      <c r="D71" s="71"/>
+      <c r="E71" s="71"/>
+      <c r="F71" s="72"/>
       <c r="G71" s="13" t="s">
         <v>126</v>
       </c>
       <c r="H71" s="8"/>
       <c r="I71" s="21"/>
       <c r="J71" s="8"/>
       <c r="K71" s="8"/>
       <c r="L71" s="8"/>
     </row>
     <row r="72" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="80"/>
-      <c r="B72" s="95" t="s">
+      <c r="A72" s="73"/>
+      <c r="B72" s="108" t="s">
         <v>179</v>
       </c>
-      <c r="C72" s="96"/>
-[...2 lines deleted...]
-      <c r="F72" s="96"/>
+      <c r="C72" s="109"/>
+      <c r="D72" s="109"/>
+      <c r="E72" s="109"/>
+      <c r="F72" s="109"/>
       <c r="G72" s="12"/>
       <c r="H72" s="8"/>
       <c r="I72" s="21"/>
       <c r="J72" s="31" t="s">
         <v>127</v>
       </c>
       <c r="K72" s="13">
         <f>G72</f>
         <v>0</v>
       </c>
       <c r="L72" s="8" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="73" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A73" s="8"/>
       <c r="B73" s="8"/>
       <c r="C73" s="8"/>
       <c r="D73" s="8"/>
       <c r="E73" s="8"/>
       <c r="F73" s="8"/>
       <c r="G73" s="8"/>
       <c r="H73" s="8"/>
       <c r="I73" s="21"/>
       <c r="J73" s="8"/>
@@ -8078,656 +8090,656 @@
       <c r="K74" s="25"/>
       <c r="L74" s="25"/>
     </row>
     <row r="75" spans="1:12" s="4" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A75" s="52" t="s">
         <v>12</v>
       </c>
       <c r="B75" s="17" t="s">
         <v>128</v>
       </c>
       <c r="C75" s="18"/>
       <c r="D75" s="18"/>
       <c r="E75" s="18"/>
       <c r="F75" s="18"/>
       <c r="G75" s="18"/>
       <c r="H75" s="18"/>
       <c r="I75" s="19"/>
       <c r="J75" s="18"/>
       <c r="K75" s="18"/>
       <c r="L75" s="18"/>
     </row>
     <row r="76" spans="1:12" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="32" t="s">
         <v>13</v>
       </c>
-      <c r="B76" s="149" t="s">
+      <c r="B76" s="134" t="s">
         <v>129</v>
       </c>
-      <c r="C76" s="149"/>
-[...2 lines deleted...]
-      <c r="F76" s="149"/>
+      <c r="C76" s="134"/>
+      <c r="D76" s="134"/>
+      <c r="E76" s="134"/>
+      <c r="F76" s="134"/>
       <c r="G76" s="33" t="s">
         <v>130</v>
       </c>
       <c r="H76" s="34"/>
       <c r="I76" s="35"/>
       <c r="J76" s="8"/>
       <c r="K76" s="23" t="s">
         <v>131</v>
       </c>
       <c r="L76" s="8"/>
     </row>
     <row r="77" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="B77" s="110" t="s">
+      <c r="B77" s="96" t="s">
         <v>132</v>
       </c>
-      <c r="C77" s="110"/>
+      <c r="C77" s="96"/>
       <c r="D77" s="13" t="s">
         <v>133</v>
       </c>
       <c r="E77" s="13" t="s">
         <v>134</v>
       </c>
       <c r="F77" s="13" t="s">
         <v>135</v>
       </c>
       <c r="G77" s="36"/>
       <c r="H77" s="8"/>
       <c r="I77" s="21"/>
       <c r="J77" s="8"/>
       <c r="K77" s="37"/>
       <c r="L77" s="8"/>
     </row>
     <row r="78" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="B78" s="110" t="s">
+      <c r="B78" s="96" t="s">
         <v>136</v>
       </c>
-      <c r="C78" s="110"/>
+      <c r="C78" s="96"/>
       <c r="D78" s="13" t="s">
         <v>133</v>
       </c>
       <c r="E78" s="13" t="s">
         <v>134</v>
       </c>
       <c r="F78" s="13" t="s">
         <v>135</v>
       </c>
       <c r="G78" s="36"/>
       <c r="H78" s="8"/>
       <c r="I78" s="21"/>
       <c r="J78" s="8"/>
       <c r="K78" s="37"/>
       <c r="L78" s="8"/>
     </row>
     <row r="79" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="B79" s="110" t="s">
+      <c r="B79" s="96" t="s">
         <v>137</v>
       </c>
-      <c r="C79" s="110"/>
+      <c r="C79" s="96"/>
       <c r="D79" s="13" t="s">
         <v>133</v>
       </c>
       <c r="E79" s="13" t="s">
         <v>134</v>
       </c>
       <c r="F79" s="13" t="s">
         <v>135</v>
       </c>
       <c r="G79" s="36"/>
       <c r="H79" s="8"/>
       <c r="I79" s="21"/>
       <c r="J79" s="8"/>
       <c r="K79" s="37"/>
       <c r="L79" s="8"/>
     </row>
     <row r="80" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="B80" s="110" t="s">
+      <c r="B80" s="96" t="s">
         <v>138</v>
       </c>
-      <c r="C80" s="110"/>
+      <c r="C80" s="96"/>
       <c r="D80" s="13" t="s">
         <v>133</v>
       </c>
       <c r="E80" s="13" t="s">
         <v>134</v>
       </c>
       <c r="F80" s="13" t="s">
         <v>135</v>
       </c>
       <c r="G80" s="36"/>
       <c r="H80" s="8"/>
       <c r="I80" s="21"/>
       <c r="J80" s="8"/>
       <c r="K80" s="37"/>
       <c r="L80" s="8"/>
     </row>
     <row r="81" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="11" t="s">
         <v>18</v>
       </c>
-      <c r="B81" s="110" t="s">
+      <c r="B81" s="96" t="s">
         <v>139</v>
       </c>
-      <c r="C81" s="110"/>
+      <c r="C81" s="96"/>
       <c r="D81" s="13" t="s">
         <v>133</v>
       </c>
       <c r="E81" s="13" t="s">
         <v>134</v>
       </c>
       <c r="F81" s="13" t="s">
         <v>135</v>
       </c>
       <c r="G81" s="36"/>
       <c r="H81" s="8"/>
       <c r="I81" s="21"/>
       <c r="J81" s="8"/>
       <c r="K81" s="37"/>
       <c r="L81" s="8"/>
     </row>
     <row r="82" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="B82" s="110" t="s">
+      <c r="B82" s="96" t="s">
         <v>140</v>
       </c>
-      <c r="C82" s="110"/>
+      <c r="C82" s="96"/>
       <c r="D82" s="13" t="s">
         <v>133</v>
       </c>
       <c r="E82" s="13" t="s">
         <v>134</v>
       </c>
       <c r="F82" s="13" t="s">
         <v>135</v>
       </c>
       <c r="G82" s="36"/>
       <c r="H82" s="8"/>
       <c r="I82" s="21"/>
       <c r="J82" s="8"/>
       <c r="K82" s="37"/>
       <c r="L82" s="8"/>
     </row>
     <row r="83" spans="1:12" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="B83" s="148" t="s">
+      <c r="B83" s="149" t="s">
         <v>174</v>
       </c>
-      <c r="C83" s="110"/>
+      <c r="C83" s="96"/>
       <c r="D83" s="13" t="s">
         <v>133</v>
       </c>
       <c r="E83" s="13" t="s">
         <v>134</v>
       </c>
       <c r="F83" s="13" t="s">
         <v>135</v>
       </c>
       <c r="G83" s="36"/>
       <c r="H83" s="8"/>
       <c r="I83" s="21"/>
       <c r="J83" s="8"/>
       <c r="K83" s="37"/>
       <c r="L83" s="8"/>
     </row>
     <row r="84" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="B84" s="110" t="s">
+      <c r="B84" s="96" t="s">
         <v>141</v>
       </c>
-      <c r="C84" s="110"/>
+      <c r="C84" s="96"/>
       <c r="D84" s="13" t="s">
         <v>133</v>
       </c>
       <c r="E84" s="13" t="s">
         <v>134</v>
       </c>
       <c r="F84" s="13" t="s">
         <v>135</v>
       </c>
       <c r="G84" s="36"/>
       <c r="H84" s="8"/>
       <c r="I84" s="21"/>
       <c r="J84" s="8"/>
       <c r="K84" s="37"/>
       <c r="L84" s="8"/>
     </row>
     <row r="85" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A85" s="8"/>
       <c r="B85" s="8"/>
       <c r="C85" s="8"/>
       <c r="D85" s="8"/>
       <c r="E85" s="8"/>
       <c r="F85" s="8"/>
       <c r="G85" s="8"/>
       <c r="H85" s="8"/>
       <c r="I85" s="21"/>
       <c r="J85" s="8"/>
       <c r="K85" s="8"/>
       <c r="L85" s="8"/>
     </row>
     <row r="86" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A86" s="25"/>
       <c r="B86" s="25"/>
       <c r="C86" s="25"/>
       <c r="D86" s="25"/>
       <c r="E86" s="25"/>
       <c r="F86" s="25"/>
       <c r="G86" s="25"/>
       <c r="H86" s="25"/>
       <c r="I86" s="26"/>
       <c r="J86" s="25"/>
       <c r="K86" s="25"/>
       <c r="L86" s="25"/>
     </row>
     <row r="87" spans="1:12" s="3" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="22" t="s">
         <v>22</v>
       </c>
-      <c r="B87" s="103" t="s">
+      <c r="B87" s="89" t="s">
         <v>142</v>
       </c>
-      <c r="C87" s="103"/>
-[...3 lines deleted...]
-      <c r="G87" s="103"/>
+      <c r="C87" s="89"/>
+      <c r="D87" s="89"/>
+      <c r="E87" s="89"/>
+      <c r="F87" s="89"/>
+      <c r="G87" s="89"/>
       <c r="H87" s="34"/>
       <c r="I87" s="35"/>
       <c r="J87" s="34"/>
       <c r="K87" s="34"/>
       <c r="L87" s="34"/>
     </row>
     <row r="88" spans="1:12" s="3" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="B88" s="86" t="s">
+      <c r="B88" s="84" t="s">
         <v>181</v>
       </c>
-      <c r="C88" s="92"/>
-[...3 lines deleted...]
-      <c r="G88" s="92"/>
+      <c r="C88" s="105"/>
+      <c r="D88" s="105"/>
+      <c r="E88" s="105"/>
+      <c r="F88" s="105"/>
+      <c r="G88" s="105"/>
       <c r="H88" s="34"/>
       <c r="I88" s="35"/>
       <c r="J88" s="34"/>
       <c r="K88" s="34"/>
       <c r="L88" s="34"/>
     </row>
     <row r="89" spans="1:12" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A89" s="71"/>
-      <c r="B89" s="112" t="s">
+      <c r="A89" s="78"/>
+      <c r="B89" s="99" t="s">
         <v>143</v>
       </c>
-      <c r="C89" s="113"/>
-      <c r="D89" s="112" t="s">
+      <c r="C89" s="100"/>
+      <c r="D89" s="99" t="s">
         <v>144</v>
       </c>
-      <c r="E89" s="114"/>
-      <c r="F89" s="113"/>
+      <c r="E89" s="101"/>
+      <c r="F89" s="100"/>
       <c r="G89" s="38" t="s">
         <v>145</v>
       </c>
       <c r="H89" s="8"/>
       <c r="I89" s="21"/>
       <c r="J89" s="8"/>
       <c r="K89" s="8"/>
       <c r="L89" s="8"/>
     </row>
     <row r="90" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="72"/>
-[...4 lines deleted...]
-      <c r="F90" s="87"/>
+      <c r="A90" s="79"/>
+      <c r="B90" s="98"/>
+      <c r="C90" s="86"/>
+      <c r="D90" s="86"/>
+      <c r="E90" s="86"/>
+      <c r="F90" s="86"/>
       <c r="G90" s="39"/>
       <c r="H90" s="8"/>
       <c r="I90" s="21"/>
       <c r="J90" s="8"/>
       <c r="K90" s="8"/>
       <c r="L90" s="8"/>
     </row>
     <row r="91" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A91" s="72"/>
-[...4 lines deleted...]
-      <c r="F91" s="76"/>
+      <c r="A91" s="79"/>
+      <c r="B91" s="97"/>
+      <c r="C91" s="74"/>
+      <c r="D91" s="74"/>
+      <c r="E91" s="74"/>
+      <c r="F91" s="74"/>
       <c r="G91" s="40"/>
       <c r="H91" s="8"/>
       <c r="I91" s="21"/>
       <c r="J91" s="8"/>
       <c r="K91" s="8"/>
       <c r="L91" s="8"/>
     </row>
     <row r="92" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="72"/>
-[...4 lines deleted...]
-      <c r="F92" s="76"/>
+      <c r="A92" s="79"/>
+      <c r="B92" s="97"/>
+      <c r="C92" s="74"/>
+      <c r="D92" s="74"/>
+      <c r="E92" s="74"/>
+      <c r="F92" s="74"/>
       <c r="G92" s="40"/>
       <c r="H92" s="8"/>
       <c r="I92" s="21"/>
       <c r="J92" s="8"/>
       <c r="K92" s="8"/>
       <c r="L92" s="8"/>
     </row>
     <row r="93" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="72"/>
-[...4 lines deleted...]
-      <c r="F93" s="76"/>
+      <c r="A93" s="79"/>
+      <c r="B93" s="97"/>
+      <c r="C93" s="74"/>
+      <c r="D93" s="74"/>
+      <c r="E93" s="74"/>
+      <c r="F93" s="74"/>
       <c r="G93" s="40"/>
       <c r="H93" s="8"/>
       <c r="I93" s="21"/>
       <c r="J93" s="8"/>
       <c r="K93" s="8"/>
       <c r="L93" s="8"/>
     </row>
     <row r="94" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="73"/>
-[...4 lines deleted...]
-      <c r="F94" s="76"/>
+      <c r="A94" s="80"/>
+      <c r="B94" s="97"/>
+      <c r="C94" s="74"/>
+      <c r="D94" s="74"/>
+      <c r="E94" s="74"/>
+      <c r="F94" s="74"/>
       <c r="G94" s="40"/>
       <c r="H94" s="8"/>
       <c r="I94" s="21"/>
       <c r="J94" s="31" t="s">
         <v>146</v>
       </c>
       <c r="K94" s="13">
         <f>COUNTA(B90:B94)</f>
         <v>0</v>
       </c>
       <c r="L94" s="8" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="95" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A95" s="8"/>
       <c r="B95" s="8"/>
       <c r="C95" s="8"/>
       <c r="D95" s="8"/>
       <c r="E95" s="8"/>
       <c r="F95" s="8"/>
       <c r="G95" s="8"/>
       <c r="H95" s="8"/>
       <c r="I95" s="21"/>
       <c r="J95" s="8"/>
       <c r="K95" s="8"/>
       <c r="L95" s="8"/>
     </row>
     <row r="96" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A96" s="25"/>
       <c r="B96" s="25"/>
       <c r="C96" s="25"/>
       <c r="D96" s="25"/>
       <c r="E96" s="25"/>
       <c r="F96" s="25"/>
       <c r="G96" s="25"/>
       <c r="H96" s="25"/>
       <c r="I96" s="26"/>
       <c r="J96" s="25"/>
       <c r="K96" s="25"/>
       <c r="L96" s="25"/>
     </row>
     <row r="97" spans="1:12" s="3" customFormat="1" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A97" s="30" t="s">
         <v>24</v>
       </c>
-      <c r="B97" s="97" t="s">
+      <c r="B97" s="111" t="s">
         <v>182</v>
       </c>
-      <c r="C97" s="83"/>
-[...3 lines deleted...]
-      <c r="G97" s="83"/>
+      <c r="C97" s="85"/>
+      <c r="D97" s="85"/>
+      <c r="E97" s="85"/>
+      <c r="F97" s="85"/>
+      <c r="G97" s="85"/>
       <c r="H97" s="34"/>
       <c r="I97" s="35"/>
       <c r="J97" s="34"/>
       <c r="K97" s="34"/>
       <c r="L97" s="34"/>
     </row>
     <row r="98" spans="1:12" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A98" s="80"/>
-      <c r="B98" s="85" t="s">
+      <c r="A98" s="73"/>
+      <c r="B98" s="83" t="s">
         <v>143</v>
       </c>
-      <c r="C98" s="85"/>
-      <c r="D98" s="74" t="s">
+      <c r="C98" s="83"/>
+      <c r="D98" s="81" t="s">
         <v>180</v>
       </c>
-      <c r="E98" s="75"/>
-      <c r="F98" s="75"/>
+      <c r="E98" s="82"/>
+      <c r="F98" s="82"/>
       <c r="G98" s="41" t="s">
         <v>148</v>
       </c>
       <c r="H98" s="8"/>
       <c r="I98" s="21"/>
       <c r="J98" s="8"/>
       <c r="K98" s="8"/>
       <c r="L98" s="8"/>
     </row>
     <row r="99" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A99" s="80"/>
-[...4 lines deleted...]
-      <c r="F99" s="87"/>
+      <c r="A99" s="73"/>
+      <c r="B99" s="110"/>
+      <c r="C99" s="86"/>
+      <c r="D99" s="86"/>
+      <c r="E99" s="86"/>
+      <c r="F99" s="86"/>
       <c r="G99" s="42"/>
       <c r="H99" s="8"/>
       <c r="I99" s="21"/>
       <c r="J99" s="8"/>
       <c r="K99" s="8"/>
       <c r="L99" s="8"/>
     </row>
     <row r="100" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="80"/>
-[...4 lines deleted...]
-      <c r="F100" s="76"/>
+      <c r="A100" s="73"/>
+      <c r="B100" s="74"/>
+      <c r="C100" s="74"/>
+      <c r="D100" s="74"/>
+      <c r="E100" s="74"/>
+      <c r="F100" s="74"/>
       <c r="G100" s="43"/>
       <c r="H100" s="8"/>
       <c r="I100" s="21"/>
       <c r="J100" s="8"/>
       <c r="K100" s="8"/>
       <c r="L100" s="8"/>
     </row>
     <row r="101" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="80"/>
-[...4 lines deleted...]
-      <c r="F101" s="76"/>
+      <c r="A101" s="73"/>
+      <c r="B101" s="74"/>
+      <c r="C101" s="74"/>
+      <c r="D101" s="74"/>
+      <c r="E101" s="74"/>
+      <c r="F101" s="74"/>
       <c r="G101" s="43"/>
       <c r="H101" s="8"/>
       <c r="I101" s="21"/>
       <c r="J101" s="31" t="s">
         <v>146</v>
       </c>
       <c r="K101" s="13">
         <f>COUNTA(B99:C101)</f>
         <v>0</v>
       </c>
       <c r="L101" s="8" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="102" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A102" s="8"/>
       <c r="B102" s="8"/>
       <c r="C102" s="8"/>
       <c r="D102" s="8"/>
       <c r="E102" s="8"/>
       <c r="F102" s="8"/>
       <c r="G102" s="8"/>
       <c r="H102" s="8"/>
       <c r="I102" s="21"/>
       <c r="J102" s="8"/>
       <c r="K102" s="8"/>
       <c r="L102" s="8"/>
     </row>
     <row r="103" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A103" s="25"/>
       <c r="B103" s="25"/>
       <c r="C103" s="25"/>
       <c r="D103" s="25"/>
       <c r="E103" s="25"/>
       <c r="F103" s="25"/>
       <c r="G103" s="25"/>
       <c r="H103" s="25"/>
       <c r="I103" s="26"/>
       <c r="J103" s="25"/>
       <c r="K103" s="25"/>
       <c r="L103" s="25"/>
     </row>
     <row r="104" spans="1:12" s="4" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A104" s="52" t="s">
         <v>25</v>
       </c>
-      <c r="B104" s="94" t="s">
+      <c r="B104" s="107" t="s">
         <v>150</v>
       </c>
-      <c r="C104" s="94"/>
-[...3 lines deleted...]
-      <c r="G104" s="94"/>
+      <c r="C104" s="107"/>
+      <c r="D104" s="107"/>
+      <c r="E104" s="107"/>
+      <c r="F104" s="107"/>
+      <c r="G104" s="107"/>
       <c r="H104" s="18"/>
       <c r="I104" s="19"/>
       <c r="J104" s="18"/>
       <c r="K104" s="18"/>
       <c r="L104" s="18"/>
     </row>
     <row r="105" spans="1:12" s="3" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="44" t="s">
         <v>26</v>
       </c>
-      <c r="B105" s="86" t="s">
+      <c r="B105" s="84" t="s">
         <v>183</v>
       </c>
-      <c r="C105" s="92"/>
-[...2 lines deleted...]
-      <c r="F105" s="92"/>
+      <c r="C105" s="105"/>
+      <c r="D105" s="105"/>
+      <c r="E105" s="105"/>
+      <c r="F105" s="105"/>
       <c r="G105" s="33" t="s">
         <v>151</v>
       </c>
       <c r="H105" s="34"/>
       <c r="I105" s="35"/>
       <c r="J105" s="34"/>
       <c r="K105" s="34"/>
       <c r="L105" s="34"/>
     </row>
     <row r="106" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="80"/>
-[...4 lines deleted...]
-      <c r="F106" s="76"/>
+      <c r="A106" s="73"/>
+      <c r="B106" s="74"/>
+      <c r="C106" s="74"/>
+      <c r="D106" s="74"/>
+      <c r="E106" s="74"/>
+      <c r="F106" s="74"/>
       <c r="G106" s="36"/>
       <c r="H106" s="8"/>
       <c r="I106" s="21"/>
       <c r="J106" s="8"/>
       <c r="K106" s="8"/>
       <c r="L106" s="8"/>
     </row>
     <row r="107" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="80"/>
-[...4 lines deleted...]
-      <c r="F107" s="76"/>
+      <c r="A107" s="73"/>
+      <c r="B107" s="74"/>
+      <c r="C107" s="74"/>
+      <c r="D107" s="74"/>
+      <c r="E107" s="74"/>
+      <c r="F107" s="74"/>
       <c r="G107" s="36"/>
       <c r="H107" s="8"/>
       <c r="I107" s="21"/>
       <c r="J107" s="8"/>
       <c r="K107" s="8"/>
       <c r="L107" s="8"/>
     </row>
     <row r="108" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="80"/>
-[...4 lines deleted...]
-      <c r="F108" s="76"/>
+      <c r="A108" s="73"/>
+      <c r="B108" s="74"/>
+      <c r="C108" s="74"/>
+      <c r="D108" s="74"/>
+      <c r="E108" s="74"/>
+      <c r="F108" s="74"/>
       <c r="G108" s="36"/>
       <c r="H108" s="8"/>
       <c r="I108" s="21"/>
       <c r="J108" s="8"/>
       <c r="K108" s="23" t="s">
         <v>85</v>
       </c>
       <c r="L108" s="8"/>
     </row>
     <row r="109" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A109" s="99" t="s">
+      <c r="A109" s="112" t="s">
         <v>152</v>
       </c>
-      <c r="B109" s="100"/>
-[...4 lines deleted...]
-      <c r="G109" s="76"/>
+      <c r="B109" s="113"/>
+      <c r="C109" s="74"/>
+      <c r="D109" s="74"/>
+      <c r="E109" s="74"/>
+      <c r="F109" s="74"/>
+      <c r="G109" s="74"/>
       <c r="H109" s="8"/>
       <c r="I109" s="21"/>
       <c r="J109" s="8"/>
       <c r="K109" s="37"/>
       <c r="L109" s="8"/>
     </row>
     <row r="110" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="8"/>
       <c r="B110" s="8"/>
       <c r="C110" s="8"/>
       <c r="D110" s="8"/>
       <c r="E110" s="8"/>
       <c r="F110" s="8"/>
       <c r="G110" s="8"/>
       <c r="H110" s="8"/>
       <c r="I110" s="21"/>
       <c r="J110" s="8"/>
       <c r="K110" s="8"/>
       <c r="L110" s="8"/>
     </row>
     <row r="111" spans="1:12" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A111" s="8"/>
       <c r="B111" s="34" t="s">
         <v>153</v>
       </c>
@@ -8816,1425 +8828,1425 @@
       <c r="G116" s="8"/>
       <c r="H116" s="8"/>
       <c r="I116" s="21"/>
       <c r="J116" s="8"/>
       <c r="K116" s="8"/>
       <c r="L116" s="8"/>
     </row>
     <row r="117" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A117" s="25"/>
       <c r="B117" s="25"/>
       <c r="C117" s="25"/>
       <c r="D117" s="25"/>
       <c r="E117" s="25"/>
       <c r="F117" s="25"/>
       <c r="G117" s="25"/>
       <c r="H117" s="25"/>
       <c r="I117" s="26"/>
       <c r="J117" s="25"/>
       <c r="K117" s="25"/>
       <c r="L117" s="25"/>
     </row>
     <row r="118" spans="1:12" s="3" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="B118" s="93" t="s">
+      <c r="B118" s="106" t="s">
         <v>184</v>
       </c>
-      <c r="C118" s="83"/>
-[...3 lines deleted...]
-      <c r="G118" s="83"/>
+      <c r="C118" s="85"/>
+      <c r="D118" s="85"/>
+      <c r="E118" s="85"/>
+      <c r="F118" s="85"/>
+      <c r="G118" s="85"/>
       <c r="H118" s="34"/>
       <c r="I118" s="35"/>
       <c r="J118" s="34"/>
       <c r="K118" s="34"/>
       <c r="L118" s="34"/>
     </row>
     <row r="119" spans="1:12" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A119" s="80"/>
-      <c r="B119" s="85" t="s">
+      <c r="A119" s="73"/>
+      <c r="B119" s="83" t="s">
         <v>158</v>
       </c>
-      <c r="C119" s="85"/>
-      <c r="D119" s="85" t="s">
+      <c r="C119" s="83"/>
+      <c r="D119" s="83" t="s">
         <v>159</v>
       </c>
-      <c r="E119" s="85"/>
-      <c r="F119" s="85"/>
+      <c r="E119" s="83"/>
+      <c r="F119" s="83"/>
       <c r="G119" s="41" t="s">
         <v>160</v>
       </c>
       <c r="H119" s="8"/>
       <c r="I119" s="21"/>
       <c r="J119" s="8"/>
       <c r="K119" s="8"/>
       <c r="L119" s="8"/>
     </row>
     <row r="120" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A120" s="80"/>
-[...4 lines deleted...]
-      <c r="F120" s="81"/>
+      <c r="A120" s="73"/>
+      <c r="B120" s="77"/>
+      <c r="C120" s="77"/>
+      <c r="D120" s="75"/>
+      <c r="E120" s="75"/>
+      <c r="F120" s="75"/>
       <c r="G120" s="36"/>
       <c r="H120" s="8"/>
       <c r="I120" s="21"/>
       <c r="J120" s="8"/>
       <c r="K120" s="8"/>
       <c r="L120" s="8"/>
     </row>
     <row r="121" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A121" s="80"/>
-[...4 lines deleted...]
-      <c r="F121" s="81"/>
+      <c r="A121" s="73"/>
+      <c r="B121" s="77"/>
+      <c r="C121" s="77"/>
+      <c r="D121" s="75"/>
+      <c r="E121" s="75"/>
+      <c r="F121" s="75"/>
       <c r="G121" s="36"/>
       <c r="H121" s="8"/>
       <c r="I121" s="21"/>
       <c r="J121" s="8"/>
       <c r="K121" s="8"/>
       <c r="L121" s="8"/>
     </row>
     <row r="122" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="80"/>
-[...4 lines deleted...]
-      <c r="F122" s="81"/>
+      <c r="A122" s="73"/>
+      <c r="B122" s="77"/>
+      <c r="C122" s="77"/>
+      <c r="D122" s="75"/>
+      <c r="E122" s="75"/>
+      <c r="F122" s="75"/>
       <c r="G122" s="36"/>
       <c r="H122" s="8"/>
       <c r="I122" s="21"/>
       <c r="J122" s="8"/>
       <c r="K122" s="8"/>
       <c r="L122" s="8"/>
     </row>
     <row r="123" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="80"/>
-[...4 lines deleted...]
-      <c r="F123" s="81"/>
+      <c r="A123" s="73"/>
+      <c r="B123" s="77"/>
+      <c r="C123" s="77"/>
+      <c r="D123" s="75"/>
+      <c r="E123" s="75"/>
+      <c r="F123" s="75"/>
       <c r="G123" s="36"/>
       <c r="H123" s="8"/>
       <c r="I123" s="21"/>
       <c r="J123" s="8"/>
       <c r="K123" s="8"/>
       <c r="L123" s="8"/>
     </row>
     <row r="124" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A124" s="80"/>
-[...4 lines deleted...]
-      <c r="F124" s="81"/>
+      <c r="A124" s="73"/>
+      <c r="B124" s="77"/>
+      <c r="C124" s="77"/>
+      <c r="D124" s="75"/>
+      <c r="E124" s="75"/>
+      <c r="F124" s="75"/>
       <c r="G124" s="36"/>
       <c r="H124" s="8"/>
       <c r="I124" s="21"/>
       <c r="J124" s="8"/>
       <c r="K124" s="8"/>
       <c r="L124" s="8"/>
     </row>
     <row r="125" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="80"/>
-[...4 lines deleted...]
-      <c r="F125" s="81"/>
+      <c r="A125" s="73"/>
+      <c r="B125" s="77"/>
+      <c r="C125" s="77"/>
+      <c r="D125" s="75"/>
+      <c r="E125" s="75"/>
+      <c r="F125" s="75"/>
       <c r="G125" s="36"/>
       <c r="H125" s="8"/>
       <c r="I125" s="21"/>
       <c r="J125" s="8"/>
       <c r="K125" s="8"/>
       <c r="L125" s="8"/>
     </row>
     <row r="126" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="80"/>
-[...4 lines deleted...]
-      <c r="F126" s="81"/>
+      <c r="A126" s="73"/>
+      <c r="B126" s="77"/>
+      <c r="C126" s="77"/>
+      <c r="D126" s="75"/>
+      <c r="E126" s="75"/>
+      <c r="F126" s="75"/>
       <c r="G126" s="36"/>
       <c r="H126" s="8"/>
       <c r="I126" s="21"/>
       <c r="J126" s="8"/>
       <c r="K126" s="8"/>
       <c r="L126" s="8"/>
     </row>
     <row r="127" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="80"/>
-[...4 lines deleted...]
-      <c r="F127" s="81"/>
+      <c r="A127" s="73"/>
+      <c r="B127" s="77"/>
+      <c r="C127" s="77"/>
+      <c r="D127" s="75"/>
+      <c r="E127" s="75"/>
+      <c r="F127" s="75"/>
       <c r="G127" s="36"/>
       <c r="H127" s="8"/>
       <c r="I127" s="21"/>
       <c r="J127" s="8"/>
       <c r="K127" s="8"/>
       <c r="L127" s="8"/>
     </row>
     <row r="128" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="80"/>
-[...4 lines deleted...]
-      <c r="F128" s="81"/>
+      <c r="A128" s="73"/>
+      <c r="B128" s="77"/>
+      <c r="C128" s="77"/>
+      <c r="D128" s="75"/>
+      <c r="E128" s="75"/>
+      <c r="F128" s="75"/>
       <c r="G128" s="36"/>
       <c r="H128" s="8"/>
       <c r="I128" s="21"/>
       <c r="J128" s="8"/>
       <c r="K128" s="8"/>
       <c r="L128" s="8"/>
     </row>
     <row r="129" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="80"/>
-[...4 lines deleted...]
-      <c r="F129" s="81"/>
+      <c r="A129" s="73"/>
+      <c r="B129" s="77"/>
+      <c r="C129" s="77"/>
+      <c r="D129" s="75"/>
+      <c r="E129" s="75"/>
+      <c r="F129" s="75"/>
       <c r="G129" s="36"/>
       <c r="H129" s="8"/>
       <c r="I129" s="21"/>
       <c r="J129" s="31" t="s">
         <v>146</v>
       </c>
       <c r="K129" s="13">
         <f>COUNTA(B120:C129)</f>
         <v>0</v>
       </c>
       <c r="L129" s="8" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="130" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A130" s="8"/>
       <c r="B130" s="8"/>
       <c r="C130" s="8"/>
       <c r="D130" s="8"/>
       <c r="E130" s="8"/>
       <c r="F130" s="8"/>
       <c r="G130" s="8"/>
       <c r="H130" s="8"/>
       <c r="I130" s="21"/>
       <c r="J130" s="8"/>
       <c r="K130" s="8"/>
       <c r="L130" s="8"/>
     </row>
     <row r="131" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A131" s="25"/>
       <c r="B131" s="25"/>
       <c r="C131" s="25"/>
       <c r="D131" s="25"/>
       <c r="E131" s="25"/>
       <c r="F131" s="25"/>
       <c r="G131" s="25"/>
       <c r="H131" s="25"/>
       <c r="I131" s="26"/>
       <c r="J131" s="25"/>
       <c r="K131" s="25"/>
       <c r="L131" s="25"/>
     </row>
     <row r="132" spans="1:12" s="3" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="44" t="s">
         <v>35</v>
       </c>
-      <c r="B132" s="93" t="s">
+      <c r="B132" s="106" t="s">
         <v>185</v>
       </c>
-      <c r="C132" s="92"/>
-[...3 lines deleted...]
-      <c r="G132" s="92"/>
+      <c r="C132" s="105"/>
+      <c r="D132" s="105"/>
+      <c r="E132" s="105"/>
+      <c r="F132" s="105"/>
+      <c r="G132" s="105"/>
       <c r="H132" s="45"/>
       <c r="I132" s="46"/>
       <c r="J132" s="45"/>
       <c r="K132" s="34"/>
       <c r="L132" s="34"/>
     </row>
     <row r="133" spans="1:12" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A133" s="80"/>
-      <c r="B133" s="85" t="s">
+      <c r="A133" s="73"/>
+      <c r="B133" s="83" t="s">
         <v>158</v>
       </c>
-      <c r="C133" s="85"/>
-      <c r="D133" s="85" t="s">
+      <c r="C133" s="83"/>
+      <c r="D133" s="83" t="s">
         <v>159</v>
       </c>
-      <c r="E133" s="85"/>
-      <c r="F133" s="85"/>
+      <c r="E133" s="83"/>
+      <c r="F133" s="83"/>
       <c r="G133" s="41" t="s">
         <v>160</v>
       </c>
       <c r="H133" s="8"/>
       <c r="I133" s="21"/>
       <c r="J133" s="8"/>
       <c r="K133" s="8"/>
       <c r="L133" s="8"/>
     </row>
     <row r="134" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="80"/>
-[...4 lines deleted...]
-      <c r="F134" s="81"/>
+      <c r="A134" s="73"/>
+      <c r="B134" s="77"/>
+      <c r="C134" s="77"/>
+      <c r="D134" s="75"/>
+      <c r="E134" s="75"/>
+      <c r="F134" s="75"/>
       <c r="G134" s="36"/>
       <c r="H134" s="8"/>
       <c r="I134" s="21"/>
       <c r="J134" s="8"/>
       <c r="K134" s="8"/>
       <c r="L134" s="8"/>
     </row>
     <row r="135" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A135" s="80"/>
-[...4 lines deleted...]
-      <c r="F135" s="81"/>
+      <c r="A135" s="73"/>
+      <c r="B135" s="77"/>
+      <c r="C135" s="77"/>
+      <c r="D135" s="75"/>
+      <c r="E135" s="75"/>
+      <c r="F135" s="75"/>
       <c r="G135" s="36"/>
       <c r="H135" s="8"/>
       <c r="I135" s="21"/>
       <c r="J135" s="8"/>
       <c r="K135" s="8"/>
       <c r="L135" s="8"/>
     </row>
     <row r="136" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="80"/>
-[...4 lines deleted...]
-      <c r="F136" s="81"/>
+      <c r="A136" s="73"/>
+      <c r="B136" s="77"/>
+      <c r="C136" s="77"/>
+      <c r="D136" s="75"/>
+      <c r="E136" s="75"/>
+      <c r="F136" s="75"/>
       <c r="G136" s="36"/>
       <c r="H136" s="8"/>
       <c r="I136" s="21"/>
       <c r="J136" s="8"/>
       <c r="K136" s="8"/>
       <c r="L136" s="8"/>
     </row>
     <row r="137" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A137" s="80"/>
-[...4 lines deleted...]
-      <c r="F137" s="81"/>
+      <c r="A137" s="73"/>
+      <c r="B137" s="77"/>
+      <c r="C137" s="77"/>
+      <c r="D137" s="75"/>
+      <c r="E137" s="75"/>
+      <c r="F137" s="75"/>
       <c r="G137" s="36"/>
       <c r="H137" s="8"/>
       <c r="I137" s="21"/>
       <c r="J137" s="8"/>
       <c r="K137" s="8"/>
       <c r="L137" s="8"/>
     </row>
     <row r="138" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A138" s="80"/>
-[...4 lines deleted...]
-      <c r="F138" s="81"/>
+      <c r="A138" s="73"/>
+      <c r="B138" s="77"/>
+      <c r="C138" s="77"/>
+      <c r="D138" s="75"/>
+      <c r="E138" s="75"/>
+      <c r="F138" s="75"/>
       <c r="G138" s="36"/>
       <c r="H138" s="8"/>
       <c r="I138" s="21"/>
       <c r="J138" s="8"/>
       <c r="K138" s="8"/>
       <c r="L138" s="8"/>
     </row>
     <row r="139" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A139" s="80"/>
-[...4 lines deleted...]
-      <c r="F139" s="81"/>
+      <c r="A139" s="73"/>
+      <c r="B139" s="77"/>
+      <c r="C139" s="77"/>
+      <c r="D139" s="75"/>
+      <c r="E139" s="75"/>
+      <c r="F139" s="75"/>
       <c r="G139" s="36"/>
       <c r="H139" s="8"/>
       <c r="I139" s="21"/>
       <c r="J139" s="8"/>
       <c r="K139" s="8"/>
       <c r="L139" s="8"/>
     </row>
     <row r="140" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A140" s="80"/>
-[...4 lines deleted...]
-      <c r="F140" s="81"/>
+      <c r="A140" s="73"/>
+      <c r="B140" s="77"/>
+      <c r="C140" s="77"/>
+      <c r="D140" s="75"/>
+      <c r="E140" s="75"/>
+      <c r="F140" s="75"/>
       <c r="G140" s="36"/>
       <c r="H140" s="8"/>
       <c r="I140" s="21"/>
       <c r="J140" s="8"/>
       <c r="K140" s="8"/>
       <c r="L140" s="8"/>
     </row>
     <row r="141" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A141" s="80"/>
-[...4 lines deleted...]
-      <c r="F141" s="81"/>
+      <c r="A141" s="73"/>
+      <c r="B141" s="77"/>
+      <c r="C141" s="77"/>
+      <c r="D141" s="75"/>
+      <c r="E141" s="75"/>
+      <c r="F141" s="75"/>
       <c r="G141" s="36"/>
       <c r="H141" s="8"/>
       <c r="I141" s="21"/>
       <c r="J141" s="8"/>
       <c r="K141" s="8"/>
       <c r="L141" s="8"/>
     </row>
     <row r="142" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="80"/>
-[...4 lines deleted...]
-      <c r="F142" s="81"/>
+      <c r="A142" s="73"/>
+      <c r="B142" s="77"/>
+      <c r="C142" s="77"/>
+      <c r="D142" s="75"/>
+      <c r="E142" s="75"/>
+      <c r="F142" s="75"/>
       <c r="G142" s="36"/>
       <c r="H142" s="8"/>
       <c r="I142" s="21"/>
       <c r="J142" s="8"/>
       <c r="K142" s="8"/>
       <c r="L142" s="8"/>
     </row>
     <row r="143" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A143" s="80"/>
-[...4 lines deleted...]
-      <c r="F143" s="81"/>
+      <c r="A143" s="73"/>
+      <c r="B143" s="77"/>
+      <c r="C143" s="77"/>
+      <c r="D143" s="75"/>
+      <c r="E143" s="75"/>
+      <c r="F143" s="75"/>
       <c r="G143" s="36"/>
       <c r="H143" s="8"/>
       <c r="I143" s="21"/>
       <c r="J143" s="31" t="s">
         <v>146</v>
       </c>
       <c r="K143" s="13">
         <f>COUNTA(B134:C143)</f>
         <v>0</v>
       </c>
       <c r="L143" s="8" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="144" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A144" s="8"/>
       <c r="B144" s="8"/>
       <c r="C144" s="8"/>
       <c r="D144" s="8"/>
       <c r="E144" s="8"/>
       <c r="F144" s="8"/>
       <c r="G144" s="8"/>
       <c r="H144" s="8"/>
       <c r="I144" s="21"/>
       <c r="J144" s="8"/>
       <c r="K144" s="8"/>
       <c r="L144" s="8"/>
     </row>
     <row r="145" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A145" s="47"/>
       <c r="B145" s="47"/>
       <c r="C145" s="47"/>
       <c r="D145" s="47"/>
       <c r="E145" s="47"/>
       <c r="F145" s="47"/>
       <c r="G145" s="47"/>
       <c r="H145" s="47"/>
       <c r="I145" s="48"/>
       <c r="J145" s="47"/>
       <c r="K145" s="47"/>
       <c r="L145" s="47"/>
     </row>
     <row r="146" spans="1:12" s="3" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="44" t="s">
         <v>37</v>
       </c>
-      <c r="B146" s="138" t="s">
+      <c r="B146" s="139" t="s">
         <v>186</v>
       </c>
-      <c r="C146" s="139"/>
-[...3 lines deleted...]
-      <c r="G146" s="140"/>
+      <c r="C146" s="140"/>
+      <c r="D146" s="140"/>
+      <c r="E146" s="140"/>
+      <c r="F146" s="140"/>
+      <c r="G146" s="141"/>
       <c r="H146" s="34"/>
       <c r="I146" s="35"/>
       <c r="J146" s="34"/>
       <c r="K146" s="34"/>
       <c r="L146" s="34"/>
     </row>
     <row r="147" spans="1:12" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A147" s="80"/>
-      <c r="B147" s="85" t="s">
+      <c r="A147" s="73"/>
+      <c r="B147" s="83" t="s">
         <v>158</v>
       </c>
-      <c r="C147" s="85"/>
-      <c r="D147" s="85" t="s">
+      <c r="C147" s="83"/>
+      <c r="D147" s="83" t="s">
         <v>159</v>
       </c>
-      <c r="E147" s="85"/>
-      <c r="F147" s="85"/>
+      <c r="E147" s="83"/>
+      <c r="F147" s="83"/>
       <c r="G147" s="41" t="s">
         <v>160</v>
       </c>
       <c r="H147" s="8"/>
       <c r="I147" s="21"/>
       <c r="J147" s="8"/>
       <c r="K147" s="8"/>
       <c r="L147" s="8"/>
     </row>
     <row r="148" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A148" s="80"/>
-[...4 lines deleted...]
-      <c r="F148" s="82"/>
+      <c r="A148" s="73"/>
+      <c r="B148" s="77"/>
+      <c r="C148" s="77"/>
+      <c r="D148" s="76"/>
+      <c r="E148" s="76"/>
+      <c r="F148" s="76"/>
       <c r="G148" s="49"/>
       <c r="H148" s="8"/>
       <c r="I148" s="21"/>
       <c r="J148" s="8"/>
       <c r="K148" s="8"/>
       <c r="L148" s="8"/>
     </row>
     <row r="149" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A149" s="80"/>
-[...4 lines deleted...]
-      <c r="F149" s="81"/>
+      <c r="A149" s="73"/>
+      <c r="B149" s="77"/>
+      <c r="C149" s="77"/>
+      <c r="D149" s="75"/>
+      <c r="E149" s="75"/>
+      <c r="F149" s="75"/>
       <c r="G149" s="36"/>
       <c r="H149" s="8"/>
       <c r="I149" s="21"/>
       <c r="J149" s="8"/>
       <c r="K149" s="8"/>
       <c r="L149" s="8"/>
     </row>
     <row r="150" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A150" s="80"/>
-[...4 lines deleted...]
-      <c r="F150" s="81"/>
+      <c r="A150" s="73"/>
+      <c r="B150" s="77"/>
+      <c r="C150" s="77"/>
+      <c r="D150" s="75"/>
+      <c r="E150" s="75"/>
+      <c r="F150" s="75"/>
       <c r="G150" s="36"/>
       <c r="H150" s="8"/>
       <c r="I150" s="21"/>
       <c r="J150" s="8"/>
       <c r="K150" s="8"/>
       <c r="L150" s="8"/>
     </row>
     <row r="151" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="80"/>
-[...4 lines deleted...]
-      <c r="F151" s="81"/>
+      <c r="A151" s="73"/>
+      <c r="B151" s="77"/>
+      <c r="C151" s="77"/>
+      <c r="D151" s="75"/>
+      <c r="E151" s="75"/>
+      <c r="F151" s="75"/>
       <c r="G151" s="36"/>
       <c r="H151" s="8"/>
       <c r="I151" s="21"/>
       <c r="J151" s="8"/>
       <c r="K151" s="8"/>
       <c r="L151" s="8"/>
     </row>
     <row r="152" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A152" s="80"/>
-[...4 lines deleted...]
-      <c r="F152" s="81"/>
+      <c r="A152" s="73"/>
+      <c r="B152" s="77"/>
+      <c r="C152" s="77"/>
+      <c r="D152" s="75"/>
+      <c r="E152" s="75"/>
+      <c r="F152" s="75"/>
       <c r="G152" s="36"/>
       <c r="H152" s="8"/>
       <c r="I152" s="21"/>
       <c r="J152" s="8"/>
       <c r="K152" s="8"/>
       <c r="L152" s="8"/>
     </row>
     <row r="153" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A153" s="80"/>
-[...4 lines deleted...]
-      <c r="F153" s="81"/>
+      <c r="A153" s="73"/>
+      <c r="B153" s="77"/>
+      <c r="C153" s="77"/>
+      <c r="D153" s="75"/>
+      <c r="E153" s="75"/>
+      <c r="F153" s="75"/>
       <c r="G153" s="36"/>
       <c r="H153" s="8"/>
       <c r="I153" s="21"/>
       <c r="J153" s="8"/>
       <c r="K153" s="8"/>
       <c r="L153" s="8"/>
     </row>
     <row r="154" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A154" s="80"/>
-[...4 lines deleted...]
-      <c r="F154" s="81"/>
+      <c r="A154" s="73"/>
+      <c r="B154" s="77"/>
+      <c r="C154" s="77"/>
+      <c r="D154" s="75"/>
+      <c r="E154" s="75"/>
+      <c r="F154" s="75"/>
       <c r="G154" s="36"/>
       <c r="H154" s="8"/>
       <c r="I154" s="21"/>
       <c r="J154" s="8"/>
       <c r="K154" s="8"/>
       <c r="L154" s="8"/>
     </row>
     <row r="155" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A155" s="80"/>
-[...4 lines deleted...]
-      <c r="F155" s="81"/>
+      <c r="A155" s="73"/>
+      <c r="B155" s="77"/>
+      <c r="C155" s="77"/>
+      <c r="D155" s="75"/>
+      <c r="E155" s="75"/>
+      <c r="F155" s="75"/>
       <c r="G155" s="36"/>
       <c r="H155" s="8"/>
       <c r="I155" s="21"/>
       <c r="J155" s="8"/>
       <c r="K155" s="8"/>
       <c r="L155" s="8"/>
     </row>
     <row r="156" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A156" s="80"/>
-[...4 lines deleted...]
-      <c r="F156" s="81"/>
+      <c r="A156" s="73"/>
+      <c r="B156" s="77"/>
+      <c r="C156" s="77"/>
+      <c r="D156" s="75"/>
+      <c r="E156" s="75"/>
+      <c r="F156" s="75"/>
       <c r="G156" s="36"/>
       <c r="H156" s="8"/>
       <c r="I156" s="21"/>
       <c r="J156" s="8"/>
       <c r="K156" s="8"/>
       <c r="L156" s="8"/>
     </row>
     <row r="157" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A157" s="80"/>
-[...4 lines deleted...]
-      <c r="F157" s="81"/>
+      <c r="A157" s="73"/>
+      <c r="B157" s="77"/>
+      <c r="C157" s="77"/>
+      <c r="D157" s="75"/>
+      <c r="E157" s="75"/>
+      <c r="F157" s="75"/>
       <c r="G157" s="36"/>
       <c r="H157" s="8"/>
       <c r="I157" s="21"/>
       <c r="J157" s="31" t="s">
         <v>146</v>
       </c>
       <c r="K157" s="13">
         <f>COUNTA(B148:C157)</f>
         <v>0</v>
       </c>
       <c r="L157" s="8" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="158" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A158" s="8"/>
       <c r="B158" s="8"/>
       <c r="C158" s="8"/>
       <c r="D158" s="8"/>
       <c r="E158" s="8"/>
       <c r="F158" s="8"/>
       <c r="G158" s="8"/>
       <c r="H158" s="8"/>
       <c r="I158" s="21"/>
       <c r="J158" s="8"/>
       <c r="K158" s="8"/>
       <c r="L158" s="8"/>
     </row>
     <row r="159" spans="1:12" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A159" s="25"/>
       <c r="B159" s="25"/>
       <c r="C159" s="25"/>
       <c r="D159" s="25"/>
       <c r="E159" s="25"/>
       <c r="F159" s="25"/>
       <c r="G159" s="25"/>
       <c r="H159" s="25"/>
       <c r="I159" s="26"/>
       <c r="J159" s="25"/>
       <c r="K159" s="25"/>
       <c r="L159" s="25"/>
     </row>
     <row r="160" spans="1:12" s="3" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="44" t="s">
         <v>27</v>
       </c>
-      <c r="B160" s="86" t="s">
+      <c r="B160" s="84" t="s">
         <v>187</v>
       </c>
-      <c r="C160" s="83"/>
-[...3 lines deleted...]
-      <c r="G160" s="83"/>
+      <c r="C160" s="85"/>
+      <c r="D160" s="85"/>
+      <c r="E160" s="85"/>
+      <c r="F160" s="85"/>
+      <c r="G160" s="85"/>
       <c r="H160" s="34"/>
       <c r="I160" s="35"/>
       <c r="J160" s="34"/>
       <c r="K160" s="34"/>
       <c r="L160" s="34"/>
     </row>
     <row r="161" spans="1:12" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A161" s="80"/>
-      <c r="B161" s="85" t="s">
+      <c r="A161" s="73"/>
+      <c r="B161" s="83" t="s">
         <v>158</v>
       </c>
-      <c r="C161" s="85"/>
-      <c r="D161" s="85" t="s">
+      <c r="C161" s="83"/>
+      <c r="D161" s="83" t="s">
         <v>159</v>
       </c>
-      <c r="E161" s="85"/>
-      <c r="F161" s="85"/>
+      <c r="E161" s="83"/>
+      <c r="F161" s="83"/>
       <c r="G161" s="41" t="s">
         <v>160</v>
       </c>
       <c r="H161" s="8"/>
       <c r="I161" s="21"/>
       <c r="J161" s="8"/>
       <c r="K161" s="8"/>
       <c r="L161" s="8"/>
     </row>
     <row r="162" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A162" s="80"/>
-[...4 lines deleted...]
-      <c r="F162" s="87"/>
+      <c r="A162" s="73"/>
+      <c r="B162" s="77"/>
+      <c r="C162" s="77"/>
+      <c r="D162" s="86"/>
+      <c r="E162" s="86"/>
+      <c r="F162" s="86"/>
       <c r="G162" s="50"/>
       <c r="H162" s="8"/>
       <c r="I162" s="21"/>
       <c r="J162" s="8"/>
       <c r="K162" s="8"/>
       <c r="L162" s="8"/>
     </row>
     <row r="163" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A163" s="80"/>
-[...4 lines deleted...]
-      <c r="F163" s="76"/>
+      <c r="A163" s="73"/>
+      <c r="B163" s="77"/>
+      <c r="C163" s="77"/>
+      <c r="D163" s="74"/>
+      <c r="E163" s="74"/>
+      <c r="F163" s="74"/>
       <c r="G163" s="12"/>
       <c r="H163" s="8"/>
       <c r="I163" s="21"/>
       <c r="J163" s="8"/>
       <c r="K163" s="8"/>
       <c r="L163" s="8"/>
     </row>
     <row r="164" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="80"/>
-[...4 lines deleted...]
-      <c r="F164" s="76"/>
+      <c r="A164" s="73"/>
+      <c r="B164" s="77"/>
+      <c r="C164" s="77"/>
+      <c r="D164" s="74"/>
+      <c r="E164" s="74"/>
+      <c r="F164" s="74"/>
       <c r="G164" s="12"/>
       <c r="H164" s="8"/>
       <c r="I164" s="21"/>
       <c r="J164" s="8"/>
       <c r="K164" s="8"/>
       <c r="L164" s="8"/>
     </row>
     <row r="165" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A165" s="80"/>
-[...4 lines deleted...]
-      <c r="F165" s="76"/>
+      <c r="A165" s="73"/>
+      <c r="B165" s="77"/>
+      <c r="C165" s="77"/>
+      <c r="D165" s="74"/>
+      <c r="E165" s="74"/>
+      <c r="F165" s="74"/>
       <c r="G165" s="12"/>
       <c r="H165" s="8"/>
       <c r="I165" s="21"/>
       <c r="J165" s="8"/>
       <c r="K165" s="8"/>
       <c r="L165" s="8"/>
     </row>
     <row r="166" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="80"/>
-[...4 lines deleted...]
-      <c r="F166" s="76"/>
+      <c r="A166" s="73"/>
+      <c r="B166" s="77"/>
+      <c r="C166" s="77"/>
+      <c r="D166" s="74"/>
+      <c r="E166" s="74"/>
+      <c r="F166" s="74"/>
       <c r="G166" s="12"/>
       <c r="H166" s="8"/>
       <c r="I166" s="21"/>
       <c r="J166" s="8"/>
       <c r="K166" s="8"/>
       <c r="L166" s="8"/>
     </row>
     <row r="167" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A167" s="80"/>
-[...4 lines deleted...]
-      <c r="F167" s="76"/>
+      <c r="A167" s="73"/>
+      <c r="B167" s="77"/>
+      <c r="C167" s="77"/>
+      <c r="D167" s="74"/>
+      <c r="E167" s="74"/>
+      <c r="F167" s="74"/>
       <c r="G167" s="12"/>
       <c r="H167" s="8"/>
       <c r="I167" s="21"/>
       <c r="J167" s="31" t="s">
         <v>146</v>
       </c>
       <c r="K167" s="13">
         <f>COUNT(B162:C167)</f>
         <v>0</v>
       </c>
       <c r="L167" s="8" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="168" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A168" s="8"/>
       <c r="B168" s="8"/>
       <c r="C168" s="8"/>
       <c r="D168" s="8"/>
       <c r="E168" s="8"/>
       <c r="F168" s="8"/>
       <c r="G168" s="8"/>
       <c r="H168" s="8"/>
       <c r="I168" s="21"/>
       <c r="J168" s="8"/>
       <c r="K168" s="8"/>
       <c r="L168" s="8"/>
     </row>
     <row r="169" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A169" s="25"/>
       <c r="B169" s="25"/>
       <c r="C169" s="25"/>
       <c r="D169" s="25"/>
       <c r="E169" s="25"/>
       <c r="F169" s="25"/>
       <c r="G169" s="25"/>
       <c r="H169" s="25"/>
       <c r="I169" s="26"/>
       <c r="J169" s="25"/>
       <c r="K169" s="25"/>
       <c r="L169" s="25"/>
     </row>
     <row r="170" spans="1:12" s="3" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A170" s="44" t="s">
         <v>28</v>
       </c>
-      <c r="B170" s="83" t="s">
+      <c r="B170" s="85" t="s">
         <v>188</v>
       </c>
-      <c r="C170" s="83"/>
-[...3 lines deleted...]
-      <c r="G170" s="83"/>
+      <c r="C170" s="85"/>
+      <c r="D170" s="85"/>
+      <c r="E170" s="85"/>
+      <c r="F170" s="85"/>
+      <c r="G170" s="85"/>
       <c r="H170" s="34"/>
       <c r="I170" s="35"/>
       <c r="J170" s="34"/>
       <c r="K170" s="34"/>
       <c r="L170" s="34"/>
     </row>
     <row r="171" spans="1:12" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A171" s="80"/>
-      <c r="B171" s="142" t="s">
+      <c r="A171" s="73"/>
+      <c r="B171" s="143" t="s">
         <v>163</v>
       </c>
-      <c r="C171" s="143"/>
-[...2 lines deleted...]
-      <c r="F171" s="144"/>
+      <c r="C171" s="144"/>
+      <c r="D171" s="144"/>
+      <c r="E171" s="144"/>
+      <c r="F171" s="145"/>
       <c r="G171" s="41" t="s">
         <v>164</v>
       </c>
       <c r="H171" s="8"/>
       <c r="I171" s="21"/>
       <c r="J171" s="8"/>
       <c r="K171" s="8"/>
       <c r="L171" s="8"/>
     </row>
     <row r="172" spans="1:12" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A172" s="80"/>
-      <c r="B172" s="145" t="s">
+      <c r="A172" s="73"/>
+      <c r="B172" s="146" t="s">
         <v>165</v>
       </c>
-      <c r="C172" s="146"/>
-[...2 lines deleted...]
-      <c r="F172" s="147"/>
+      <c r="C172" s="147"/>
+      <c r="D172" s="147"/>
+      <c r="E172" s="147"/>
+      <c r="F172" s="148"/>
       <c r="G172" s="50"/>
       <c r="H172" s="8"/>
       <c r="I172" s="21"/>
       <c r="J172" s="8"/>
       <c r="K172" s="8"/>
       <c r="L172" s="8"/>
     </row>
     <row r="173" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A173" s="80"/>
-      <c r="B173" s="136" t="s">
+      <c r="A173" s="73"/>
+      <c r="B173" s="102" t="s">
         <v>166</v>
       </c>
-      <c r="C173" s="117"/>
-[...2 lines deleted...]
-      <c r="F173" s="137"/>
+      <c r="C173" s="103"/>
+      <c r="D173" s="103"/>
+      <c r="E173" s="103"/>
+      <c r="F173" s="104"/>
       <c r="G173" s="12"/>
       <c r="H173" s="8"/>
       <c r="I173" s="21"/>
       <c r="J173" s="8"/>
       <c r="K173" s="8"/>
       <c r="L173" s="8"/>
     </row>
     <row r="174" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A174" s="80"/>
-      <c r="B174" s="136" t="s">
+      <c r="A174" s="73"/>
+      <c r="B174" s="102" t="s">
         <v>167</v>
       </c>
-      <c r="C174" s="117"/>
-[...2 lines deleted...]
-      <c r="F174" s="137"/>
+      <c r="C174" s="103"/>
+      <c r="D174" s="103"/>
+      <c r="E174" s="103"/>
+      <c r="F174" s="104"/>
       <c r="G174" s="12"/>
       <c r="H174" s="8"/>
       <c r="I174" s="21"/>
       <c r="J174" s="8"/>
       <c r="K174" s="8"/>
       <c r="L174" s="8"/>
     </row>
     <row r="175" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="80"/>
-      <c r="B175" s="136" t="s">
+      <c r="A175" s="73"/>
+      <c r="B175" s="102" t="s">
         <v>168</v>
       </c>
-      <c r="C175" s="117"/>
-[...2 lines deleted...]
-      <c r="F175" s="137"/>
+      <c r="C175" s="103"/>
+      <c r="D175" s="103"/>
+      <c r="E175" s="103"/>
+      <c r="F175" s="104"/>
       <c r="G175" s="12"/>
       <c r="H175" s="8"/>
       <c r="I175" s="21"/>
       <c r="J175" s="31" t="s">
         <v>146</v>
       </c>
       <c r="K175" s="13">
         <f>SUM(G172:G175)</f>
         <v>0</v>
       </c>
       <c r="L175" s="8" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="176" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A176" s="8"/>
       <c r="B176" s="8"/>
       <c r="C176" s="8"/>
       <c r="D176" s="8"/>
       <c r="E176" s="8"/>
       <c r="F176" s="8"/>
       <c r="G176" s="8"/>
       <c r="H176" s="8"/>
       <c r="I176" s="21"/>
       <c r="J176" s="8"/>
       <c r="K176" s="8"/>
       <c r="L176" s="8"/>
     </row>
     <row r="177" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A177" s="15"/>
       <c r="B177" s="15"/>
       <c r="C177" s="15"/>
       <c r="D177" s="15"/>
       <c r="E177" s="15"/>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15"/>
       <c r="I177" s="15"/>
       <c r="J177" s="15"/>
       <c r="K177" s="15"/>
       <c r="L177" s="15"/>
     </row>
     <row r="178" spans="1:12" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A178" s="8"/>
       <c r="B178" s="8"/>
       <c r="C178" s="8"/>
       <c r="D178" s="8"/>
-      <c r="E178" s="89" t="s">
+      <c r="E178" s="88" t="s">
         <v>170</v>
       </c>
-      <c r="F178" s="89"/>
+      <c r="F178" s="88"/>
       <c r="G178" s="8"/>
       <c r="H178" s="8"/>
       <c r="I178" s="8"/>
       <c r="J178" s="8"/>
       <c r="K178" s="8"/>
       <c r="L178" s="8"/>
     </row>
     <row r="179" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A179" s="8"/>
       <c r="B179" s="8"/>
       <c r="C179" s="8"/>
       <c r="D179" s="8"/>
       <c r="E179" s="8"/>
       <c r="F179" s="8"/>
       <c r="G179" s="8"/>
       <c r="H179" s="8"/>
       <c r="I179" s="8"/>
       <c r="J179" s="8"/>
       <c r="K179" s="8"/>
       <c r="L179" s="8"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="I2eBD3cbpmuoOT7WqETcl0iV0KrYQ5TcR+//2l863CedT7tu1UW1fs1qRI18/Kka4ZL9RTCjJkfd6fnSAURSrA==" saltValue="qgVF00fcLhMWJFzikfPENw==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="/mFFQtlaSaqXG9YVzZI/pIBZCeDOPXweTsHtk8lpQJYpdobv2PxhaomO8VUY7qMR0DEl04/PdrRCNgOVS70k4w==" saltValue="Bh8ekTCINOPRSR0OgIjm+Q==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <dataConsolidate/>
   <mergeCells count="205">
     <mergeCell ref="B1:K1"/>
     <mergeCell ref="F19:G19"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="B16:C16"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D12:K12"/>
     <mergeCell ref="G11:J11"/>
     <mergeCell ref="F8:F9"/>
     <mergeCell ref="D17:K17"/>
     <mergeCell ref="D16:F16"/>
     <mergeCell ref="D15:F15"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="H18:K18"/>
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="D14:K14"/>
     <mergeCell ref="D13:K13"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="B3:K3"/>
     <mergeCell ref="B4:K4"/>
     <mergeCell ref="D154:F154"/>
     <mergeCell ref="B155:C155"/>
     <mergeCell ref="D155:F155"/>
     <mergeCell ref="D120:F120"/>
     <mergeCell ref="B120:C120"/>
     <mergeCell ref="B127:C127"/>
     <mergeCell ref="D127:F127"/>
     <mergeCell ref="B135:C135"/>
     <mergeCell ref="D135:F135"/>
     <mergeCell ref="B136:C136"/>
     <mergeCell ref="D136:F136"/>
     <mergeCell ref="B137:C137"/>
     <mergeCell ref="D137:F137"/>
     <mergeCell ref="B128:C128"/>
     <mergeCell ref="B133:C133"/>
     <mergeCell ref="D133:F133"/>
     <mergeCell ref="B134:C134"/>
     <mergeCell ref="D134:F134"/>
+    <mergeCell ref="D141:F141"/>
+    <mergeCell ref="D128:F128"/>
+    <mergeCell ref="D123:F123"/>
+    <mergeCell ref="B124:C124"/>
+    <mergeCell ref="D124:F124"/>
+    <mergeCell ref="B125:C125"/>
     <mergeCell ref="B172:F172"/>
     <mergeCell ref="B173:F173"/>
     <mergeCell ref="B84:C84"/>
     <mergeCell ref="B83:C83"/>
     <mergeCell ref="B82:C82"/>
     <mergeCell ref="B81:C81"/>
     <mergeCell ref="B98:C98"/>
     <mergeCell ref="B79:C79"/>
     <mergeCell ref="D100:F100"/>
     <mergeCell ref="D99:F99"/>
     <mergeCell ref="B154:C154"/>
     <mergeCell ref="D121:F121"/>
     <mergeCell ref="B122:C122"/>
     <mergeCell ref="B150:C150"/>
     <mergeCell ref="D150:F150"/>
     <mergeCell ref="D122:F122"/>
     <mergeCell ref="B123:C123"/>
     <mergeCell ref="B106:F106"/>
     <mergeCell ref="C109:G109"/>
     <mergeCell ref="B126:C126"/>
     <mergeCell ref="D126:F126"/>
     <mergeCell ref="B139:C139"/>
     <mergeCell ref="D139:F139"/>
     <mergeCell ref="B88:G88"/>
     <mergeCell ref="B175:F175"/>
     <mergeCell ref="B25:G25"/>
     <mergeCell ref="B138:C138"/>
     <mergeCell ref="D138:F138"/>
     <mergeCell ref="B151:C151"/>
     <mergeCell ref="D151:F151"/>
     <mergeCell ref="B146:G146"/>
     <mergeCell ref="B142:C142"/>
     <mergeCell ref="D142:F142"/>
     <mergeCell ref="F66:G66"/>
     <mergeCell ref="F65:G65"/>
     <mergeCell ref="F64:G64"/>
     <mergeCell ref="F63:G63"/>
     <mergeCell ref="F62:G62"/>
     <mergeCell ref="F61:G61"/>
     <mergeCell ref="F60:G60"/>
     <mergeCell ref="B67:E67"/>
     <mergeCell ref="B66:E66"/>
     <mergeCell ref="B65:E65"/>
     <mergeCell ref="B64:E64"/>
     <mergeCell ref="B63:E63"/>
     <mergeCell ref="F59:G59"/>
     <mergeCell ref="B27:G27"/>
     <mergeCell ref="B171:F171"/>
-    <mergeCell ref="B59:E59"/>
-[...4 lines deleted...]
-    <mergeCell ref="B21:K21"/>
     <mergeCell ref="F20:G20"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="G7:K7"/>
     <mergeCell ref="C8:E9"/>
     <mergeCell ref="G8:K9"/>
     <mergeCell ref="H16:K16"/>
     <mergeCell ref="H15:K15"/>
     <mergeCell ref="H20:K20"/>
     <mergeCell ref="H19:K19"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="F18:G18"/>
+    <mergeCell ref="B140:C140"/>
+    <mergeCell ref="D140:F140"/>
+    <mergeCell ref="B141:C141"/>
+    <mergeCell ref="B59:E59"/>
+    <mergeCell ref="F67:G67"/>
+    <mergeCell ref="B78:C78"/>
+    <mergeCell ref="B77:C77"/>
+    <mergeCell ref="C22:K22"/>
+    <mergeCell ref="B21:K21"/>
     <mergeCell ref="B76:F76"/>
     <mergeCell ref="B35:G35"/>
-    <mergeCell ref="B105:F105"/>
-[...8 lines deleted...]
-    <mergeCell ref="B72:F72"/>
     <mergeCell ref="B70:G70"/>
-    <mergeCell ref="B132:G132"/>
+    <mergeCell ref="B43:G43"/>
+    <mergeCell ref="B51:G51"/>
+    <mergeCell ref="B58:G58"/>
     <mergeCell ref="B101:C101"/>
     <mergeCell ref="B100:C100"/>
     <mergeCell ref="B99:C99"/>
     <mergeCell ref="B97:G97"/>
     <mergeCell ref="A106:A108"/>
     <mergeCell ref="A109:B109"/>
     <mergeCell ref="B108:F108"/>
     <mergeCell ref="B107:F107"/>
-    <mergeCell ref="B43:G43"/>
-[...1 lines deleted...]
-    <mergeCell ref="B58:G58"/>
     <mergeCell ref="D119:F119"/>
     <mergeCell ref="B119:C119"/>
-    <mergeCell ref="B140:C140"/>
-[...3 lines deleted...]
-    <mergeCell ref="D128:F128"/>
     <mergeCell ref="A60:A67"/>
     <mergeCell ref="E178:F178"/>
     <mergeCell ref="D167:F167"/>
     <mergeCell ref="D166:F166"/>
     <mergeCell ref="B87:G87"/>
     <mergeCell ref="B62:E62"/>
     <mergeCell ref="B61:E61"/>
     <mergeCell ref="B60:E60"/>
     <mergeCell ref="B80:C80"/>
     <mergeCell ref="B94:C94"/>
     <mergeCell ref="B93:C93"/>
     <mergeCell ref="B90:C90"/>
     <mergeCell ref="D94:F94"/>
     <mergeCell ref="B89:C89"/>
     <mergeCell ref="D90:F90"/>
     <mergeCell ref="D89:F89"/>
     <mergeCell ref="B174:F174"/>
     <mergeCell ref="A171:A175"/>
     <mergeCell ref="B170:G170"/>
     <mergeCell ref="B91:C91"/>
     <mergeCell ref="D91:F91"/>
     <mergeCell ref="B92:C92"/>
     <mergeCell ref="D92:F92"/>
     <mergeCell ref="B162:C162"/>
+    <mergeCell ref="B166:C166"/>
+    <mergeCell ref="B165:C165"/>
+    <mergeCell ref="B164:C164"/>
+    <mergeCell ref="B163:C163"/>
+    <mergeCell ref="B121:C121"/>
+    <mergeCell ref="A89:A94"/>
+    <mergeCell ref="D98:F98"/>
+    <mergeCell ref="D101:F101"/>
     <mergeCell ref="B161:C161"/>
     <mergeCell ref="A161:A167"/>
     <mergeCell ref="B160:G160"/>
     <mergeCell ref="D147:F147"/>
     <mergeCell ref="B147:C147"/>
     <mergeCell ref="D165:F165"/>
     <mergeCell ref="D164:F164"/>
     <mergeCell ref="D163:F163"/>
     <mergeCell ref="D162:F162"/>
     <mergeCell ref="D161:F161"/>
     <mergeCell ref="B167:C167"/>
-    <mergeCell ref="D123:F123"/>
-[...11 lines deleted...]
-    <mergeCell ref="D101:F101"/>
+    <mergeCell ref="B105:F105"/>
+    <mergeCell ref="B118:G118"/>
+    <mergeCell ref="A119:A129"/>
+    <mergeCell ref="D129:F129"/>
+    <mergeCell ref="B129:C129"/>
     <mergeCell ref="B71:F71"/>
     <mergeCell ref="A98:A101"/>
     <mergeCell ref="D93:F93"/>
     <mergeCell ref="A147:A157"/>
     <mergeCell ref="D157:F157"/>
     <mergeCell ref="D149:F149"/>
     <mergeCell ref="D156:F156"/>
     <mergeCell ref="D148:F148"/>
     <mergeCell ref="B157:C157"/>
     <mergeCell ref="B156:C156"/>
     <mergeCell ref="B149:C149"/>
     <mergeCell ref="B148:C148"/>
     <mergeCell ref="B152:C152"/>
     <mergeCell ref="D152:F152"/>
     <mergeCell ref="B153:C153"/>
     <mergeCell ref="D153:F153"/>
     <mergeCell ref="A133:A143"/>
+    <mergeCell ref="D125:F125"/>
+    <mergeCell ref="A71:A72"/>
+    <mergeCell ref="B104:G104"/>
+    <mergeCell ref="B143:C143"/>
+    <mergeCell ref="D143:F143"/>
+    <mergeCell ref="B72:F72"/>
+    <mergeCell ref="B132:G132"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="6">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G11" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"小童軍, 幼童軍, 童軍, 海童軍, 空童軍, 深資童軍, 深資海童軍, 深資空童軍, 樂行童軍, 樂行海童軍, 樂行空童軍"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K11" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>"團, A團, B團, C團, D團, E團, F團"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D12:K12" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>"九龍灣區, 觀塘區, 鯉魚門區, 西貢區, 秀茂坪區, 將軍澳區, 慈雲山區, 黃大仙區"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K77:K84" xr:uid="{00000000-0002-0000-0000-000005000000}">
       <formula1>"A,B,C"</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="K109" xr:uid="{00000000-0002-0000-0000-000006000000}">
       <formula1>"A,B,C,D"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K35" xr:uid="{F429C0B0-49F4-4941-81CC-DEAA794FE38E}">
       <formula1>"A,B,C,D,E"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="262" scale="58" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
+  <pageSetup paperSize="262" scale="54" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="56" max="11" man="1"/>
     <brk id="95" max="11" man="1"/>
   </rowBreaks>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:K51"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3:K3"/>
+      <selection activeCell="N10" sqref="N10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="30" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.625" style="1" customWidth="1"/>
     <col min="2" max="3" width="8.875" style="1"/>
     <col min="4" max="4" width="15.625" style="6" customWidth="1"/>
     <col min="5" max="10" width="8.875" style="1"/>
     <col min="11" max="11" width="10.625" style="6" customWidth="1"/>
     <col min="12" max="16384" width="8.875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="155" t="s">
         <v>242</v>
       </c>
       <c r="B1" s="156"/>
       <c r="C1" s="156"/>
       <c r="D1" s="156"/>
       <c r="E1" s="156"/>
       <c r="F1" s="156"/>
       <c r="G1" s="156"/>
       <c r="H1" s="156"/>
       <c r="I1" s="156"/>
       <c r="J1" s="156"/>
       <c r="K1" s="156"/>
     </row>
     <row r="2" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="150" t="s">
         <v>226</v>
       </c>
       <c r="B2" s="150"/>
       <c r="C2" s="150"/>
       <c r="D2" s="150"/>
       <c r="E2" s="150"/>
       <c r="F2" s="150"/>
       <c r="G2" s="150"/>
       <c r="H2" s="150"/>
       <c r="I2" s="150"/>
       <c r="J2" s="150"/>
       <c r="K2" s="150"/>
     </row>
     <row r="3" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="54" t="s">
         <v>38</v>
       </c>
-      <c r="B3" s="139" t="s">
+      <c r="B3" s="140" t="s">
         <v>189</v>
       </c>
-      <c r="C3" s="139"/>
-[...7 lines deleted...]
-      <c r="K3" s="140"/>
+      <c r="C3" s="140"/>
+      <c r="D3" s="140"/>
+      <c r="E3" s="140"/>
+      <c r="F3" s="140"/>
+      <c r="G3" s="140"/>
+      <c r="H3" s="140"/>
+      <c r="I3" s="140"/>
+      <c r="J3" s="140"/>
+      <c r="K3" s="141"/>
     </row>
     <row r="4" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="161" t="s">
         <v>190</v>
       </c>
-      <c r="B4" s="132"/>
-[...7 lines deleted...]
-      <c r="J4" s="132"/>
+      <c r="B4" s="130"/>
+      <c r="C4" s="130"/>
+      <c r="D4" s="130"/>
+      <c r="E4" s="130"/>
+      <c r="F4" s="130"/>
+      <c r="G4" s="130"/>
+      <c r="H4" s="130"/>
+      <c r="I4" s="130"/>
+      <c r="J4" s="130"/>
       <c r="K4" s="55" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="56" t="s">
         <v>39</v>
       </c>
-      <c r="B5" s="117" t="s">
+      <c r="B5" s="103" t="s">
         <v>192</v>
       </c>
-      <c r="C5" s="117"/>
-[...6 lines deleted...]
-      <c r="J5" s="117"/>
+      <c r="C5" s="103"/>
+      <c r="D5" s="103"/>
+      <c r="E5" s="103"/>
+      <c r="F5" s="103"/>
+      <c r="G5" s="103"/>
+      <c r="H5" s="103"/>
+      <c r="I5" s="103"/>
+      <c r="J5" s="103"/>
       <c r="K5" s="57">
         <f>IF(Report!$K$28="",0, FIND(Report!K28,"ABCD"))</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="56" t="s">
         <v>40</v>
       </c>
-      <c r="B6" s="117" t="s">
+      <c r="B6" s="103" t="s">
         <v>193</v>
       </c>
-      <c r="C6" s="117"/>
-[...6 lines deleted...]
-      <c r="J6" s="117"/>
+      <c r="C6" s="103"/>
+      <c r="D6" s="103"/>
+      <c r="E6" s="103"/>
+      <c r="F6" s="103"/>
+      <c r="G6" s="103"/>
+      <c r="H6" s="103"/>
+      <c r="I6" s="103"/>
+      <c r="J6" s="103"/>
       <c r="K6" s="57">
         <f>IF(Report!$K$35="",0,FIND(Report!K35,"ABCDE")-1)</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="56" t="s">
         <v>41</v>
       </c>
-      <c r="B7" s="117" t="s">
+      <c r="B7" s="103" t="s">
         <v>194</v>
       </c>
-      <c r="C7" s="117"/>
-[...6 lines deleted...]
-      <c r="J7" s="117"/>
+      <c r="C7" s="103"/>
+      <c r="D7" s="103"/>
+      <c r="E7" s="103"/>
+      <c r="F7" s="103"/>
+      <c r="G7" s="103"/>
+      <c r="H7" s="103"/>
+      <c r="I7" s="103"/>
+      <c r="J7" s="103"/>
       <c r="K7" s="57">
         <f>IF(Report!K43="",0,FIND(Report!K43,"ABCDE")-1)</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="56" t="s">
         <v>42</v>
       </c>
-      <c r="B8" s="117" t="s">
+      <c r="B8" s="103" t="s">
         <v>195</v>
       </c>
-      <c r="C8" s="117"/>
-[...6 lines deleted...]
-      <c r="J8" s="117"/>
+      <c r="C8" s="103"/>
+      <c r="D8" s="103"/>
+      <c r="E8" s="103"/>
+      <c r="F8" s="103"/>
+      <c r="G8" s="103"/>
+      <c r="H8" s="103"/>
+      <c r="I8" s="103"/>
+      <c r="J8" s="103"/>
       <c r="K8" s="57">
         <f>IF(Report!K51="",0,FIND(Report!K51,"ABCD"))</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="9" t="s">
         <v>43</v>
       </c>
       <c r="B9" s="162" t="s">
         <v>229</v>
       </c>
-      <c r="C9" s="117"/>
-[...6 lines deleted...]
-      <c r="J9" s="117"/>
+      <c r="C9" s="103"/>
+      <c r="D9" s="103"/>
+      <c r="E9" s="103"/>
+      <c r="F9" s="103"/>
+      <c r="G9" s="103"/>
+      <c r="H9" s="103"/>
+      <c r="I9" s="103"/>
+      <c r="J9" s="103"/>
       <c r="K9" s="57" cm="1">
         <f t="array" ref="K9">IF(_xlfn.SWITCH(IFERROR((REPLACE(Report!G11,FIND("海",Report!G11,1),1,"")),IFERROR((REPLACE(Report!G11,FIND("空",Report!G11,1),1,"")),Report!G11)),"幼童軍",Report!K61/2,"樂行童軍",Report!K61*2, Report!K61)&gt;=10,10,_xlfn.SWITCH(IFERROR((REPLACE(Report!G11,FIND("海",Report!G11,1),1,"")),IFERROR((REPLACE(Report!G11,FIND("空",Report!G11,1),1,"")),Report!G11)),"幼童軍",Report!K61/2,"樂行童軍",Report!K61*2, Report!K61))</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
         <v>44</v>
       </c>
       <c r="B10" s="162" t="s">
         <v>227</v>
       </c>
       <c r="C10" s="165"/>
       <c r="D10" s="165"/>
       <c r="E10" s="165"/>
       <c r="F10" s="165"/>
       <c r="G10" s="165"/>
       <c r="H10" s="165"/>
       <c r="I10" s="165"/>
       <c r="J10" s="165"/>
       <c r="K10" s="57" cm="1">
         <f t="array" ref="K10">IF(_xlfn.SWITCH(IFERROR((REPLACE(Report!G11,FIND("海",Report!G11,1),1,"")),IFERROR((REPLACE(Report!G11,FIND("空",Report!G11,1),1,"")),Report!G11)),"幼童軍",Report!K72/2,"樂行童軍",Report!K72*2, Report!K72)&gt;=4,4,_xlfn.SWITCH(IFERROR((REPLACE(Report!G11,FIND("海",Report!G11,1),1,"")),IFERROR((REPLACE(Report!G11,FIND("空",Report!G11,1),1,"")),Report!G11)),"幼童軍",Report!K72/2,"樂行童軍",Report!K72*2, Report!K72))</f>
         <v>0</v>
       </c>
     </row>
@@ -10251,460 +10263,460 @@
       <c r="H11" s="164"/>
       <c r="I11" s="164"/>
       <c r="J11" s="164"/>
       <c r="K11" s="58">
         <f>SUM(K5:K10)</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="31"/>
       <c r="B12" s="31"/>
       <c r="C12" s="31"/>
       <c r="D12" s="23"/>
       <c r="E12" s="31"/>
       <c r="F12" s="31"/>
       <c r="G12" s="31"/>
       <c r="H12" s="31"/>
       <c r="I12" s="31"/>
       <c r="J12" s="31"/>
       <c r="K12" s="23"/>
     </row>
     <row r="13" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="54" t="s">
         <v>45</v>
       </c>
-      <c r="B13" s="139" t="s">
+      <c r="B13" s="140" t="s">
         <v>197</v>
       </c>
-      <c r="C13" s="139"/>
-[...7 lines deleted...]
-      <c r="K13" s="140"/>
+      <c r="C13" s="140"/>
+      <c r="D13" s="140"/>
+      <c r="E13" s="140"/>
+      <c r="F13" s="140"/>
+      <c r="G13" s="140"/>
+      <c r="H13" s="140"/>
+      <c r="I13" s="140"/>
+      <c r="J13" s="140"/>
+      <c r="K13" s="141"/>
     </row>
     <row r="14" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="161" t="s">
         <v>190</v>
       </c>
-      <c r="B14" s="132"/>
-[...7 lines deleted...]
-      <c r="J14" s="132"/>
+      <c r="B14" s="130"/>
+      <c r="C14" s="130"/>
+      <c r="D14" s="130"/>
+      <c r="E14" s="130"/>
+      <c r="F14" s="130"/>
+      <c r="G14" s="130"/>
+      <c r="H14" s="130"/>
+      <c r="I14" s="130"/>
+      <c r="J14" s="130"/>
       <c r="K14" s="55" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="B15" s="117" t="s">
+      <c r="B15" s="103" t="s">
         <v>198</v>
       </c>
-      <c r="C15" s="117"/>
-[...6 lines deleted...]
-      <c r="J15" s="117"/>
+      <c r="C15" s="103"/>
+      <c r="D15" s="103"/>
+      <c r="E15" s="103"/>
+      <c r="F15" s="103"/>
+      <c r="G15" s="103"/>
+      <c r="H15" s="103"/>
+      <c r="I15" s="103"/>
+      <c r="J15" s="103"/>
       <c r="K15" s="57">
         <f>IF(Report!K77="C",1.5,IF(Report!K77="B",1,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
         <v>47</v>
       </c>
-      <c r="B16" s="117" t="s">
+      <c r="B16" s="103" t="s">
         <v>199</v>
       </c>
-      <c r="C16" s="117"/>
-[...6 lines deleted...]
-      <c r="J16" s="117"/>
+      <c r="C16" s="103"/>
+      <c r="D16" s="103"/>
+      <c r="E16" s="103"/>
+      <c r="F16" s="103"/>
+      <c r="G16" s="103"/>
+      <c r="H16" s="103"/>
+      <c r="I16" s="103"/>
+      <c r="J16" s="103"/>
       <c r="K16" s="57">
         <f>IF(Report!K78="C",1.5,IF(Report!K78="B",1,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="9" t="s">
         <v>48</v>
       </c>
-      <c r="B17" s="117" t="s">
+      <c r="B17" s="103" t="s">
         <v>200</v>
       </c>
-      <c r="C17" s="117"/>
-[...6 lines deleted...]
-      <c r="J17" s="117"/>
+      <c r="C17" s="103"/>
+      <c r="D17" s="103"/>
+      <c r="E17" s="103"/>
+      <c r="F17" s="103"/>
+      <c r="G17" s="103"/>
+      <c r="H17" s="103"/>
+      <c r="I17" s="103"/>
+      <c r="J17" s="103"/>
       <c r="K17" s="57">
         <f>IF(Report!K79="C",1.5,IF(Report!K79="B",1,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="9" t="s">
         <v>49</v>
       </c>
-      <c r="B18" s="117" t="s">
+      <c r="B18" s="103" t="s">
         <v>201</v>
       </c>
-      <c r="C18" s="117"/>
-[...6 lines deleted...]
-      <c r="J18" s="117"/>
+      <c r="C18" s="103"/>
+      <c r="D18" s="103"/>
+      <c r="E18" s="103"/>
+      <c r="F18" s="103"/>
+      <c r="G18" s="103"/>
+      <c r="H18" s="103"/>
+      <c r="I18" s="103"/>
+      <c r="J18" s="103"/>
       <c r="K18" s="57">
         <f>IF(Report!K80="C",1.5,IF(Report!K80="B",1,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="B19" s="117" t="s">
+      <c r="B19" s="103" t="s">
         <v>202</v>
       </c>
-      <c r="C19" s="117"/>
-[...6 lines deleted...]
-      <c r="J19" s="117"/>
+      <c r="C19" s="103"/>
+      <c r="D19" s="103"/>
+      <c r="E19" s="103"/>
+      <c r="F19" s="103"/>
+      <c r="G19" s="103"/>
+      <c r="H19" s="103"/>
+      <c r="I19" s="103"/>
+      <c r="J19" s="103"/>
       <c r="K19" s="57">
         <f>IF(Report!K81="C",1.5,IF(Report!K81="B",1,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>51</v>
       </c>
-      <c r="B20" s="117" t="s">
+      <c r="B20" s="103" t="s">
         <v>203</v>
       </c>
-      <c r="C20" s="117"/>
-[...6 lines deleted...]
-      <c r="J20" s="117"/>
+      <c r="C20" s="103"/>
+      <c r="D20" s="103"/>
+      <c r="E20" s="103"/>
+      <c r="F20" s="103"/>
+      <c r="G20" s="103"/>
+      <c r="H20" s="103"/>
+      <c r="I20" s="103"/>
+      <c r="J20" s="103"/>
       <c r="K20" s="57">
         <f>IF(Report!K82="C",1.5,IF(Report!K82="B",1,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="9" t="s">
         <v>52</v>
       </c>
-      <c r="B21" s="117" t="s">
+      <c r="B21" s="103" t="s">
         <v>204</v>
       </c>
-      <c r="C21" s="117"/>
-[...6 lines deleted...]
-      <c r="J21" s="117"/>
+      <c r="C21" s="103"/>
+      <c r="D21" s="103"/>
+      <c r="E21" s="103"/>
+      <c r="F21" s="103"/>
+      <c r="G21" s="103"/>
+      <c r="H21" s="103"/>
+      <c r="I21" s="103"/>
+      <c r="J21" s="103"/>
       <c r="K21" s="57">
         <f>IF(Report!K83="C",1.5,IF(Report!K83="B",1,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="B22" s="117" t="s">
+      <c r="B22" s="103" t="s">
         <v>205</v>
       </c>
-      <c r="C22" s="117"/>
-[...6 lines deleted...]
-      <c r="J22" s="117"/>
+      <c r="C22" s="103"/>
+      <c r="D22" s="103"/>
+      <c r="E22" s="103"/>
+      <c r="F22" s="103"/>
+      <c r="G22" s="103"/>
+      <c r="H22" s="103"/>
+      <c r="I22" s="103"/>
+      <c r="J22" s="103"/>
       <c r="K22" s="57">
         <f>IF(Report!K84="C",1.5,IF(Report!K84="B",1,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="9" t="s">
         <v>54</v>
       </c>
-      <c r="B23" s="117" t="s">
+      <c r="B23" s="103" t="s">
         <v>206</v>
       </c>
-      <c r="C23" s="117"/>
-[...6 lines deleted...]
-      <c r="J23" s="117"/>
+      <c r="C23" s="103"/>
+      <c r="D23" s="103"/>
+      <c r="E23" s="103"/>
+      <c r="F23" s="103"/>
+      <c r="G23" s="103"/>
+      <c r="H23" s="103"/>
+      <c r="I23" s="103"/>
+      <c r="J23" s="103"/>
       <c r="K23" s="57">
         <f>IF(Report!K94&lt;6, Report!K94,5)</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="B24" s="117" t="s">
+      <c r="B24" s="103" t="s">
         <v>207</v>
       </c>
-      <c r="C24" s="117"/>
-[...6 lines deleted...]
-      <c r="J24" s="117"/>
+      <c r="C24" s="103"/>
+      <c r="D24" s="103"/>
+      <c r="E24" s="103"/>
+      <c r="F24" s="103"/>
+      <c r="G24" s="103"/>
+      <c r="H24" s="103"/>
+      <c r="I24" s="103"/>
+      <c r="J24" s="103"/>
       <c r="K24" s="57">
         <f>IF(Report!K101&lt;4,Report!K101,3)</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="163" t="s">
         <v>196</v>
       </c>
       <c r="B25" s="164"/>
       <c r="C25" s="164"/>
       <c r="D25" s="164"/>
       <c r="E25" s="164"/>
       <c r="F25" s="164"/>
       <c r="G25" s="164"/>
       <c r="H25" s="164"/>
       <c r="I25" s="164"/>
       <c r="J25" s="164"/>
       <c r="K25" s="58">
         <f>SUM(K15:K24)</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="31"/>
       <c r="B26" s="31"/>
       <c r="C26" s="31"/>
       <c r="D26" s="23"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="31"/>
       <c r="H26" s="31"/>
       <c r="I26" s="31"/>
       <c r="J26" s="31"/>
       <c r="K26" s="23"/>
     </row>
     <row r="27" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="54" t="s">
         <v>56</v>
       </c>
-      <c r="B27" s="139" t="s">
+      <c r="B27" s="140" t="s">
         <v>208</v>
       </c>
-      <c r="C27" s="139"/>
-[...6 lines deleted...]
-      <c r="J27" s="139"/>
+      <c r="C27" s="140"/>
+      <c r="D27" s="140"/>
+      <c r="E27" s="140"/>
+      <c r="F27" s="140"/>
+      <c r="G27" s="140"/>
+      <c r="H27" s="140"/>
+      <c r="I27" s="140"/>
+      <c r="J27" s="140"/>
       <c r="K27" s="53"/>
     </row>
     <row r="28" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="161" t="s">
         <v>190</v>
       </c>
-      <c r="B28" s="132"/>
-[...7 lines deleted...]
-      <c r="J28" s="132"/>
+      <c r="B28" s="130"/>
+      <c r="C28" s="130"/>
+      <c r="D28" s="130"/>
+      <c r="E28" s="130"/>
+      <c r="F28" s="130"/>
+      <c r="G28" s="130"/>
+      <c r="H28" s="130"/>
+      <c r="I28" s="130"/>
+      <c r="J28" s="130"/>
       <c r="K28" s="55" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="56" t="s">
         <v>57</v>
       </c>
-      <c r="B29" s="117" t="s">
+      <c r="B29" s="103" t="s">
         <v>209</v>
       </c>
-      <c r="C29" s="117"/>
-[...6 lines deleted...]
-      <c r="J29" s="117"/>
+      <c r="C29" s="103"/>
+      <c r="D29" s="103"/>
+      <c r="E29" s="103"/>
+      <c r="F29" s="103"/>
+      <c r="G29" s="103"/>
+      <c r="H29" s="103"/>
+      <c r="I29" s="103"/>
+      <c r="J29" s="103"/>
       <c r="K29" s="57">
         <f>IF(Report!K109=0,0,FIND(Report!K109,"ABCD"))</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="56" t="s">
         <v>58</v>
       </c>
-      <c r="B30" s="117" t="s">
+      <c r="B30" s="103" t="s">
         <v>210</v>
       </c>
-      <c r="C30" s="117"/>
-[...6 lines deleted...]
-      <c r="J30" s="117"/>
+      <c r="C30" s="103"/>
+      <c r="D30" s="103"/>
+      <c r="E30" s="103"/>
+      <c r="F30" s="103"/>
+      <c r="G30" s="103"/>
+      <c r="H30" s="103"/>
+      <c r="I30" s="103"/>
+      <c r="J30" s="103"/>
       <c r="K30" s="57">
         <f>Report!K129</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="56" t="s">
         <v>59</v>
       </c>
-      <c r="B31" s="117" t="s">
+      <c r="B31" s="103" t="s">
         <v>211</v>
       </c>
-      <c r="C31" s="117"/>
-[...6 lines deleted...]
-      <c r="J31" s="117"/>
+      <c r="C31" s="103"/>
+      <c r="D31" s="103"/>
+      <c r="E31" s="103"/>
+      <c r="F31" s="103"/>
+      <c r="G31" s="103"/>
+      <c r="H31" s="103"/>
+      <c r="I31" s="103"/>
+      <c r="J31" s="103"/>
       <c r="K31" s="57">
         <f>Report!K143</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="56" t="s">
         <v>60</v>
       </c>
-      <c r="B32" s="117" t="s">
+      <c r="B32" s="103" t="s">
         <v>212</v>
       </c>
-      <c r="C32" s="117"/>
-[...6 lines deleted...]
-      <c r="J32" s="117"/>
+      <c r="C32" s="103"/>
+      <c r="D32" s="103"/>
+      <c r="E32" s="103"/>
+      <c r="F32" s="103"/>
+      <c r="G32" s="103"/>
+      <c r="H32" s="103"/>
+      <c r="I32" s="103"/>
+      <c r="J32" s="103"/>
       <c r="K32" s="57">
         <f>Report!K157</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="56" t="s">
         <v>61</v>
       </c>
-      <c r="B33" s="117" t="s">
+      <c r="B33" s="103" t="s">
         <v>213</v>
       </c>
-      <c r="C33" s="117"/>
-[...6 lines deleted...]
-      <c r="J33" s="117"/>
+      <c r="C33" s="103"/>
+      <c r="D33" s="103"/>
+      <c r="E33" s="103"/>
+      <c r="F33" s="103"/>
+      <c r="G33" s="103"/>
+      <c r="H33" s="103"/>
+      <c r="I33" s="103"/>
+      <c r="J33" s="103"/>
       <c r="K33" s="57">
         <f>Report!K167</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="56" t="s">
         <v>62</v>
       </c>
-      <c r="B34" s="117" t="s">
+      <c r="B34" s="103" t="s">
         <v>214</v>
       </c>
-      <c r="C34" s="117"/>
-[...6 lines deleted...]
-      <c r="J34" s="117"/>
+      <c r="C34" s="103"/>
+      <c r="D34" s="103"/>
+      <c r="E34" s="103"/>
+      <c r="F34" s="103"/>
+      <c r="G34" s="103"/>
+      <c r="H34" s="103"/>
+      <c r="I34" s="103"/>
+      <c r="J34" s="103"/>
       <c r="K34" s="57">
         <f>IF(Report!K175&lt;10,Report!K175,10)</f>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="163" t="s">
         <v>196</v>
       </c>
       <c r="B35" s="164"/>
       <c r="C35" s="164"/>
       <c r="D35" s="164"/>
       <c r="E35" s="164"/>
       <c r="F35" s="164"/>
       <c r="G35" s="164"/>
       <c r="H35" s="164"/>
       <c r="I35" s="164"/>
       <c r="J35" s="164"/>
       <c r="K35" s="58">
         <f>SUM(K29:K34)</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="166" t="s">
@@ -10858,97 +10870,97 @@
     </row>
     <row r="44" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="8"/>
       <c r="B44" s="157" t="str">
         <f>IF(Report!C7="","",Report!C7)</f>
         <v/>
       </c>
       <c r="C44" s="157"/>
       <c r="D44" s="157"/>
       <c r="E44" s="157"/>
       <c r="F44" s="8"/>
       <c r="G44" s="8"/>
       <c r="H44" s="158"/>
       <c r="I44" s="158"/>
       <c r="J44" s="158"/>
       <c r="K44" s="158"/>
     </row>
     <row r="45" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="8"/>
       <c r="B45" s="159"/>
       <c r="C45" s="159"/>
       <c r="D45" s="159"/>
       <c r="E45" s="159"/>
       <c r="F45" s="8"/>
       <c r="G45" s="8"/>
-      <c r="H45" s="129"/>
-[...2 lines deleted...]
-      <c r="K45" s="129"/>
+      <c r="H45" s="127"/>
+      <c r="I45" s="127"/>
+      <c r="J45" s="127"/>
+      <c r="K45" s="127"/>
     </row>
     <row r="46" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="8"/>
       <c r="B46" s="172" t="s">
         <v>222</v>
       </c>
       <c r="C46" s="172"/>
       <c r="D46" s="23"/>
       <c r="E46" s="8"/>
       <c r="F46" s="8"/>
       <c r="G46" s="8"/>
       <c r="H46" s="8" t="s">
         <v>223</v>
       </c>
       <c r="I46" s="160"/>
       <c r="J46" s="160"/>
       <c r="K46" s="160"/>
     </row>
     <row r="47" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="8"/>
       <c r="B47" s="158"/>
       <c r="C47" s="158"/>
       <c r="D47" s="158"/>
       <c r="E47" s="158"/>
       <c r="F47" s="8"/>
       <c r="G47" s="8"/>
       <c r="H47" s="158"/>
       <c r="I47" s="158"/>
       <c r="J47" s="158"/>
       <c r="K47" s="158"/>
     </row>
     <row r="48" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="8"/>
-      <c r="B48" s="129"/>
-[...2 lines deleted...]
-      <c r="E48" s="129"/>
+      <c r="B48" s="127"/>
+      <c r="C48" s="127"/>
+      <c r="D48" s="127"/>
+      <c r="E48" s="127"/>
       <c r="F48" s="8"/>
       <c r="G48" s="8"/>
-      <c r="H48" s="129"/>
-[...2 lines deleted...]
-      <c r="K48" s="129"/>
+      <c r="H48" s="127"/>
+      <c r="I48" s="127"/>
+      <c r="J48" s="127"/>
+      <c r="K48" s="127"/>
     </row>
     <row r="49" spans="1:11" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="8"/>
       <c r="B49" s="8"/>
       <c r="C49" s="8"/>
       <c r="D49" s="23"/>
       <c r="E49" s="8"/>
       <c r="F49" s="8"/>
       <c r="G49" s="8"/>
       <c r="H49" s="8"/>
       <c r="I49" s="8"/>
       <c r="J49" s="8"/>
       <c r="K49" s="23"/>
     </row>
     <row r="50" spans="1:11" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="8"/>
       <c r="B50" s="8"/>
       <c r="C50" s="8"/>
       <c r="D50" s="23"/>
       <c r="E50" s="8"/>
       <c r="F50" s="8"/>
       <c r="G50" s="8"/>
       <c r="H50" s="8"/>
       <c r="I50" s="8"/>
       <c r="J50" s="8"/>
@@ -10963,51 +10975,51 @@
         <v>68</v>
       </c>
       <c r="D51" s="23" t="str">
         <f>IF(Report!D11="","",Report!D11)</f>
         <v/>
       </c>
       <c r="E51" s="8" t="s">
         <v>224</v>
       </c>
       <c r="F51" s="157" t="str">
         <f>IF(Report!G11="","",Report!G11)</f>
         <v/>
       </c>
       <c r="G51" s="157"/>
       <c r="H51" s="157"/>
       <c r="I51" s="157" t="str">
         <f>Report!K11</f>
         <v>團</v>
       </c>
       <c r="J51" s="157"/>
       <c r="K51" s="23" t="s">
         <v>225</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="+OgpD8s+BhjKm254UL7aWuGQR6xYMrXLqnjTK60UoOsZ6KSQt91fDi2k4FfcctkSdGJl5xfa3uKmkwa2W4vsYA==" saltValue="bbr7du9hxvk13PAUij8vmw==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="zV3mwGJ/uMaH+Zro0mYAtOxfimY+Nf4G5aFujc34bBXcComm2XbJkc/sX1hu5dT+3z663np59OFkhoFe5h0gOQ==" saltValue="c/GuqXbQ2nSVaDeGqa8n5Q==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <mergeCells count="58">
     <mergeCell ref="B46:C46"/>
     <mergeCell ref="A41:C41"/>
     <mergeCell ref="A40:C40"/>
     <mergeCell ref="A39:C39"/>
     <mergeCell ref="F41:G41"/>
     <mergeCell ref="F40:G40"/>
     <mergeCell ref="F39:G39"/>
     <mergeCell ref="D41:E41"/>
     <mergeCell ref="D40:E40"/>
     <mergeCell ref="D39:E39"/>
     <mergeCell ref="J41:K41"/>
     <mergeCell ref="J40:K40"/>
     <mergeCell ref="J39:K39"/>
     <mergeCell ref="H41:I41"/>
     <mergeCell ref="H40:I40"/>
     <mergeCell ref="H39:I39"/>
     <mergeCell ref="B31:J31"/>
     <mergeCell ref="A36:J36"/>
     <mergeCell ref="A35:J35"/>
     <mergeCell ref="B34:J34"/>
     <mergeCell ref="B33:J33"/>
     <mergeCell ref="B32:J32"/>
     <mergeCell ref="B18:J18"/>
     <mergeCell ref="B30:J30"/>
@@ -11026,76 +11038,76 @@
     <mergeCell ref="B16:J16"/>
     <mergeCell ref="B15:J15"/>
     <mergeCell ref="A14:J14"/>
     <mergeCell ref="B13:K13"/>
     <mergeCell ref="A11:J11"/>
     <mergeCell ref="B10:J10"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A51:B51"/>
     <mergeCell ref="H47:K48"/>
     <mergeCell ref="B47:E48"/>
     <mergeCell ref="H44:K45"/>
     <mergeCell ref="B44:E45"/>
     <mergeCell ref="I51:J51"/>
     <mergeCell ref="F51:H51"/>
     <mergeCell ref="I46:K46"/>
     <mergeCell ref="B8:J8"/>
     <mergeCell ref="B7:J7"/>
     <mergeCell ref="B6:J6"/>
     <mergeCell ref="B5:J5"/>
     <mergeCell ref="A4:J4"/>
     <mergeCell ref="B3:K3"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="262" scale="58" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
+  <pageSetup paperSize="262" scale="53" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>具名範圍</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Report</vt:lpstr>
       <vt:lpstr>Marking</vt:lpstr>
       <vt:lpstr>Report!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>香港童軍總會</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>2025年旅團獎勵計劃評分報告及評分表</dc:title>
-  <dc:subject>2025年旅團獎勵計劃評分報告及評分表</dc:subject>
+  <dc:title>2026年旅團獎勵計劃評分報告及評分表</dc:title>
+  <dc:subject>2026年旅團獎勵計劃評分報告及評分表</dc:subject>
   <dc:creator>香港童軍總會</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>